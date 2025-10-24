--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,64 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="39CC1D37" w14:textId="77777777" w:rsidR="00E97402" w:rsidRPr="00196BAE" w:rsidRDefault="00454240">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
@@ -186,52 +188,57 @@
         <w:pStyle w:val="Ttulo"/>
         <w:framePr w:wrap="notBeside"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:i/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
         </w:rPr>
         <w:t>Application of artificial intelligence in the Internet of Things: a documentary study</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EFFE511" w14:textId="6D3FEFF7" w:rsidR="00E97402" w:rsidRPr="00EC68A3" w:rsidRDefault="002A7BDC" w:rsidP="00921A7B">
       <w:pPr>
         <w:pStyle w:val="Authors"/>
         <w:framePr w:wrap="notBeside"/>
       </w:pPr>
       <w:r w:rsidRPr="00D010B7">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EC68A3" w:rsidRPr="00EC68A3">
-        <w:t xml:space="preserve">Gilma </w:t>
+        <w:t>Gilma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC68A3" w:rsidRPr="00EC68A3">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EC68A3" w:rsidRPr="00EC68A3">
         <w:t>Mieles</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EC68A3" w:rsidRPr="00EC68A3">
         <w:t xml:space="preserve">, Marlon </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EC68A3" w:rsidRPr="00EC68A3">
         <w:t>Navia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1A03AD45" w14:textId="089678B4" w:rsidR="00E97402" w:rsidRPr="00196BAE" w:rsidRDefault="00E97402" w:rsidP="00921A7B">
       <w:pPr>
         <w:pStyle w:val="Abstract"/>
       </w:pPr>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Abstract</w:t>
@@ -1151,177 +1158,206 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve">), una autenticación distribuida para redes de sensores </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>IoT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve">, basada en </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ECC (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>Elliptic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve"> Curve </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>Cryptography</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>), que mejora la seguridad ante ataques internos mediante sesiones breves, claves únicas y autenticación de extremo a extremo [16].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D7A96FF" w14:textId="77777777" w:rsidR="00EC68A3" w:rsidRPr="00EC68A3" w:rsidRDefault="00EC68A3" w:rsidP="00EC68A3">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t xml:space="preserve">La ciberseguridad en </w:t>
+        <w:t xml:space="preserve">La </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t>IoT</w:t>
+        <w:t>ciberseguridad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t xml:space="preserve"> requiere soluciones inteligentes y de bajo consumo, como el uso de redes neuronales recurrentes (RNN, del inglés </w:t>
+        <w:t xml:space="preserve"> en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t>Recurrent</w:t>
+        <w:t>IoT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Neural Networks) y detección de accesos a memoria fuera de rango [17]. En este sentido, se ha propuesto un mecanismo de detección y prevención de intrusiones en sistemas </w:t>
+        <w:t xml:space="preserve"> requiere soluciones inteligentes y de bajo consumo, como el uso de redes neuronales recurrentes (RNN, del inglés </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t>IoT</w:t>
+        <w:t>Recurrent</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Neural Networks) y detección de accesos a memoria fuera de rango [17]. En este sentido, se ha propuesto un mecanismo de detección y prevención de intrusiones en sistemas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC68A3">
+        <w:rPr>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+        <w:t>IoT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC68A3">
+        <w:rPr>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
         <w:t xml:space="preserve"> mediante una arquitectura de seguridad inteligente basada en Redes Neuronales Aleatorias. Este sistema utiliza etiquetas de memoria y verificaciones en tiempo de compilación para detectar accesos a memoria fuera de límites, mejorando la protección ante ataques internos [18].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52FF7094" w14:textId="77777777" w:rsidR="00EC68A3" w:rsidRPr="00EC68A3" w:rsidRDefault="00EC68A3" w:rsidP="00EC68A3">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve">En este contexto, la integración de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>Blockchain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve"> (cadena de bloques) con IA descentralizada puede fortalecer la ciberseguridad, destacando sus beneficios en seguridad, privacidad y confianza, además de identificar retos, aplicaciones reales y futuras direcciones de investigación [19]. En el área de seguridad, se han implementado arquitecturas de detección de intrusiones basadas en GAN (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>Generative</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Adversarial Network) [20] y sistemas como </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC68A3">
+        <w:rPr>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+        <w:t>Adversarial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC68A3">
+        <w:rPr>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Network) [20] y sistemas como </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>AutoTag</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve">, que estima la frecuencia respiratoria mediante etiquetas RFID (Radio </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>Frequency</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
@@ -1938,71 +1974,71 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>), lo cual permitió estructurar el proceso de revisión en tres fases principales: planificación, ejecución y redacción (Fig. 1). Como apoyo para la gestión de referencias y evaluación de artículos, se utilizó la herramienta Parsifal (https://parsif.al/).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38F081AF" w14:textId="50CC1020" w:rsidR="00147A89" w:rsidRPr="00196BAE" w:rsidRDefault="00147A89" w:rsidP="00147A89">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-EC" w:eastAsia="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A762C">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="es-EC"/>
+          <w:lang w:val="es-EC" w:eastAsia="es-EC"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F938C18" wp14:editId="1A7240D9">
             <wp:extent cx="3180837" cy="861768"/>
             <wp:effectExtent l="0" t="0" r="635" b="0"/>
             <wp:docPr id="3" name="Imagen 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3180837" cy="861768"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -2145,50 +2181,51 @@
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>Posteriormente, se usó el método PICOC (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>Population</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Intervention</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00247DDA">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>Comparison</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00247DDA">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00247DDA">
@@ -2261,51 +2298,51 @@
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00E63FDF">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Table \* ROMAN </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B51263">
+      <w:r w:rsidR="005333E4">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="134D55EF" w14:textId="4CD40959" w:rsidR="00147A89" w:rsidRPr="00D010B7" w:rsidRDefault="00147A89" w:rsidP="00147A89">
       <w:pPr>
         <w:pStyle w:val="TableTitle"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
@@ -2746,228 +2783,214 @@
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>intelligence</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>” OR AI OR “</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>intelligent</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t xml:space="preserve"> machines”) AND (“internet </w:t>
+        <w:t xml:space="preserve"> machines”) AND (“internet of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t>of</w:t>
+        <w:t>things</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">” OR </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t>things</w:t>
+        <w:t>IoT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t xml:space="preserve">” OR </w:t>
+        <w:t>) AND (“</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t>IoT</w:t>
+        <w:t>improvement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t>) AND (“</w:t>
+        <w:t>” OR “</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t>improvement</w:t>
+        <w:t>system</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t>” OR “</w:t>
+        <w:t>”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AFDC2D0" w14:textId="738FB9E8" w:rsidR="00147A89" w:rsidRPr="00147A89" w:rsidRDefault="00147A89" w:rsidP="00147A89">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00147A89">
+        <w:rPr>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Con base en la cadena de búsqueda se realizó una exhaustiva búsqueda en bases de datos académicas con términos clave. Concretamente se realizó la búsqueda en las bibliotecas de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t>system</w:t>
+        <w:t>IEEEXplore</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t>”).</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">     Con base en la cadena de búsqueda se realizó una exhaustiva búsqueda en bases de datos académicas con términos clave. Concretamente se realizó la búsqueda en las bibliotecas de </w:t>
+        <w:t xml:space="preserve">, ACM Digital Library y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t>IEEEXplore</w:t>
+        <w:t>Science@Direct</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t xml:space="preserve">, ACM Digital Library y </w:t>
+        <w:t xml:space="preserve"> por tener mayor cantidad de publicaciones relacionadas </w:t>
+      </w:r>
+      <w:r w:rsidR="00247DDA">
+        <w:rPr>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+        <w:t>con el</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00147A89">
+        <w:rPr>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> área de Tecnologías de la Información y Comunicación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D3B5CC" w14:textId="6EB755F8" w:rsidR="00EC68A3" w:rsidRDefault="00147A89" w:rsidP="00147A89">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00147A89">
+        <w:rPr>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los criterios de inclusión y exclusión mostrados en la Tabla II. Se procuró incluir artículos de calidad relacionados a la temática de estudio, por lo que se excluyeron publicaciones que no aportaban resultados originales. Se </w:t>
+      </w:r>
+      <w:r w:rsidR="00247DDA">
+        <w:rPr>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+        <w:t>tomaron como periodo de investigación las publicaciones desde el año 2019 hasta el</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00147A89">
+        <w:rPr>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> año 2024, para ver la evolución de la relación entre ambas áreas antes y después de la pandemia, así como la evolución de tecnologías como </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t>Science@Direct</w:t>
+        <w:t>edge</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t xml:space="preserve"> por tener mayor cantidad de publicaciones relacionadas </w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> año 2024, para ver la evolución de la relación entre ambas áreas antes y después de la pandemia, así como la evolución de tecnologías como </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t>edge</w:t>
+        <w:t>computing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>, aprendizaje federado y redes neuronales profundas, que han transformado el panorama de investigación en este dominio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6517696A" w14:textId="77777777" w:rsidR="00147A89" w:rsidRPr="00E63FDF" w:rsidRDefault="00147A89" w:rsidP="00147A89">
       <w:pPr>
         <w:pStyle w:val="TableTitle"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E63FDF">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>Tabl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -2985,51 +3008,51 @@
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00E63FDF">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Table \* ROMAN </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B51263">
+      <w:r w:rsidR="005333E4">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E33F115" w14:textId="4521B406" w:rsidR="00147A89" w:rsidRPr="00D010B7" w:rsidRDefault="00147A89" w:rsidP="00147A89">
       <w:pPr>
         <w:pStyle w:val="TableTitle"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
@@ -3146,51 +3169,51 @@
               </w:rPr>
               <w:t>Criterios</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00147A89">
               <w:rPr>
                 <w:smallCaps w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> de </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00147A89">
               <w:rPr>
                 <w:smallCaps w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>exclusión</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147A89" w:rsidRPr="008C484D" w14:paraId="32B385DC" w14:textId="77777777" w:rsidTr="00147A89">
+      <w:tr w:rsidR="00147A89" w:rsidRPr="003119D5" w14:paraId="32B385DC" w14:textId="77777777" w:rsidTr="00147A89">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="50A0AF3C" w14:textId="77777777" w:rsidR="00147A89" w:rsidRPr="00147A89" w:rsidRDefault="00147A89" w:rsidP="007C29DB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00147A89">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3230,51 +3253,51 @@
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3F6F7A4C" w14:textId="77777777" w:rsidR="00147A89" w:rsidRPr="00147A89" w:rsidRDefault="00147A89" w:rsidP="007C29DB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147A89">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:t>Resúmenes, revisiones de literatura, capítulos de libros, editoriales</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147A89" w:rsidRPr="008C484D" w14:paraId="1561C6E5" w14:textId="77777777" w:rsidTr="00147A89">
+      <w:tr w:rsidR="00147A89" w:rsidRPr="003119D5" w14:paraId="1561C6E5" w14:textId="77777777" w:rsidTr="00147A89">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2C231101" w14:textId="77777777" w:rsidR="00147A89" w:rsidRPr="00147A89" w:rsidRDefault="00147A89" w:rsidP="007C29DB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147A89">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3291,51 +3314,51 @@
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="58502329" w14:textId="77777777" w:rsidR="00147A89" w:rsidRPr="00147A89" w:rsidRDefault="00147A89" w:rsidP="007C29DB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147A89">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:t>Publicaciones en idiomas diferentes al inglés o español</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147A89" w:rsidRPr="008C484D" w14:paraId="244866B5" w14:textId="77777777" w:rsidTr="00147A89">
+      <w:tr w:rsidR="00147A89" w:rsidRPr="003119D5" w14:paraId="244866B5" w14:textId="77777777" w:rsidTr="00147A89">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6318015A" w14:textId="77777777" w:rsidR="00147A89" w:rsidRPr="00147A89" w:rsidRDefault="00147A89" w:rsidP="007C29DB">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -3503,51 +3526,51 @@
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00E63FDF">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Table \* ROMAN </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B51263">
+      <w:r w:rsidR="005333E4">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>III</w:t>
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="423FF99C" w14:textId="479D8AF2" w:rsidR="00147A89" w:rsidRPr="00D010B7" w:rsidRDefault="00147A89" w:rsidP="00147A89">
       <w:pPr>
         <w:pStyle w:val="TableTitle"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
@@ -4049,71 +4072,71 @@
       </w:r>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve"> método PRISMA, categorizado en tres fases: la identificación, el cribado y la inclusión final.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02603B83" w14:textId="6E605343" w:rsidR="00147A89" w:rsidRPr="00196BAE" w:rsidRDefault="00147A89" w:rsidP="00147A89">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-EC" w:eastAsia="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A762C">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="es-EC"/>
+          <w:lang w:val="es-EC" w:eastAsia="es-EC"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="006735E4" wp14:editId="7E46F8FC">
             <wp:extent cx="3200400" cy="2715260"/>
             <wp:effectExtent l="0" t="0" r="0" b="8890"/>
             <wp:docPr id="5" name="Imagen 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3200400" cy="2715260"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -4147,50 +4170,51 @@
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve">En el apartado de identificación, se detallaron los registros iniciales y se </w:t>
       </w:r>
       <w:r w:rsidR="00247DDA">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>realizó la revisión de duplicados; en el cribado, se examinaron y recuperaron los trabajos potenciales, que posteriormente son descartados de acuerdo con los parámetros pertinentes (criterios de exclusión, temas desvinculados y poca calidad de acuerdo con</w:t>
       </w:r>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve"> la evaluación de la misma). </w:t>
       </w:r>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Finalmente, se obtuvo el número de registros o trabajos elegidos para la presente investigación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="720F11F0" w14:textId="2CCF4306" w:rsidR="00147A89" w:rsidRPr="00147A89" w:rsidRDefault="00147A89" w:rsidP="00147A89">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve">Redacción de resultados </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47301E65" w14:textId="77777777" w:rsidR="00147A89" w:rsidRPr="00147A89" w:rsidRDefault="00147A89" w:rsidP="00147A89">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00147A89">
@@ -4221,71 +4245,71 @@
       </w:r>
       <w:r w:rsidRPr="00147A89">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve"> apogeo entre los años 2021 y 2022.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D1D1FD6" w14:textId="0AC6B08A" w:rsidR="00147A89" w:rsidRPr="00196BAE" w:rsidRDefault="00147A89" w:rsidP="00147A89">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-EC" w:eastAsia="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A762C">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="es-EC"/>
+          <w:lang w:val="es-EC" w:eastAsia="es-EC"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="036F5A14" wp14:editId="61DF70BA">
             <wp:extent cx="3121025" cy="1271710"/>
             <wp:effectExtent l="0" t="0" r="3175" b="5080"/>
             <wp:docPr id="7" name="Imagen 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3121025" cy="1271710"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="215B316E" w14:textId="62D69158" w:rsidR="00147A89" w:rsidRPr="00933E4D" w:rsidRDefault="00147A89" w:rsidP="00147A89">
       <w:pPr>
         <w:pStyle w:val="figurecaption"/>
         <w:rPr>
@@ -4300,71 +4324,71 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="682C5783" w14:textId="7F6F7DB2" w:rsidR="00147A89" w:rsidRPr="00196BAE" w:rsidRDefault="00147A89" w:rsidP="00147A89">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-EC" w:eastAsia="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A762C">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="es-EC"/>
+          <w:lang w:val="es-EC" w:eastAsia="es-EC"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73360BD3" wp14:editId="7B7088B9">
             <wp:extent cx="3190240" cy="1194476"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="10" name="Imagen 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3190240" cy="1194476"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="082626C4" w14:textId="4A42A818" w:rsidR="00147A89" w:rsidRPr="00933E4D" w:rsidRDefault="00147A89" w:rsidP="00147A89">
       <w:pPr>
         <w:pStyle w:val="figurecaption"/>
         <w:rPr>
@@ -4653,51 +4677,51 @@
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00E63FDF">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Table \* ROMAN </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B51263">
+      <w:r w:rsidR="005333E4">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>IV</w:t>
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57B77FCC" w14:textId="6B666A39" w:rsidR="007C29DB" w:rsidRPr="00D010B7" w:rsidRDefault="007C29DB" w:rsidP="007C29DB">
       <w:pPr>
         <w:pStyle w:val="TableTitle"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
@@ -4957,51 +4981,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A762C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Uso de sensores para monitorear variables ambientales como temperatura, humedad y pH del suelo, optimizando riego y fertilización.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="681CF087" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="681CF087" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fYzFjNDM3ZWMtYjMzMy00ZDI5LTg3NGQtNWRkNDlmMjRkOTJhIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzM4XSIsIm1hbnVhbE92ZXJyaWRlVGV4dCI6IiJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6ImU3OGQ3OGIwLTQ0ZTQtMzYzOS04Mzg2LTdhMWUwZmQxM2NmYiIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6ImU3OGQ3OGIwLTQ0ZTQtMzYzOS04Mzg2LTdhMWUwZmQxM2NmYiIsInRpdGxlIjoiUHJlY2lzaW9uIGZhcm1pbmcgdGVjaG5vbG9naWVzIGZvciBjcm9wIHByb3RlY3Rpb246IEEgbWV0YS1hbmFseXNpcyIsImF1dGhvciI6W3siZmFtaWx5IjoiQW5hc3Rhc2lvdSIsImdpdmVuIjoiRXZhbmdlbG9zIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiRm91bnRhcyIsImdpdmVuIjoiU3B5cm9zIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiVm91bGdhcmFraSIsImdpdmVuIjoiTWF0aW5hIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiUHNpcm91a2lzIiwiZ2l2ZW4iOiJWYXNpbGlvcyIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IktvdXRzaWFyYXMiLCJnaXZlbiI6Ik1pY2hhZWwiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJLcmllemkiLCJnaXZlbiI6Ik9sZ2EiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJMYXphcm91IiwiZ2l2ZW4iOiJFcmF0byIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlZhdHNhbmlkb3UiLCJnaXZlbiI6IkFubmEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJGdSIsImdpdmVuIjoiTG9uZ3NoZW5nIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiQmFydG9sbyIsImdpdmVuIjoiRmFiaW9sYSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiJEaSIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiQmFycmVpcm8tSHVybGUiLCJnaXZlbiI6Ikplc3VzIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiR8OzbWV6LUJhcmJlcm8iLCJnaXZlbiI6Ik1hbnVlbCIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6IlNtYXJ0IEFncmljdWx0dXJhbCBUZWNobm9sb2d5IiwiRE9JIjoiMTAuMTAxNi9qLmF0ZWNoLjIwMjMuMTAwMzIzIiwiSVNTTiI6IjI3NzIzNzU1IiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyMywxMCwxXV19LCJhYnN0cmFjdCI6IlByZWNpc2lvbiBmYXJtaW5nIHRlY2hub2xvZ2llcyAoUEZUcykgY2FuIGhhdmUgYSBzaWduaWZpY2FudCBpbXBhY3Qgb24gcmVkdWNpbmcgdGhlIGRlcGVuZGVuY3kgb24gcGxhbnQgcHJvdGVjdGlvbiBwcm9kdWN0cyAoUFBQKSBmb3IgY3JvcCBwcm90ZWN0aW9uLiBQRlRzIGZvciBjcm9wIHByb3RlY3Rpb24gY29tcHJpc2VzIGFuIGV4dGVuc2l2ZSBzdWl0ZSBvZiBkaWdpdGFsIHNvbHV0aW9ucyB0aGF0IGNhbiBiZSB1c2VkIHRvIHByZWRpY3QsIGRldGVjdCwgYW5kIGNvbnRyb2wgcGVzdHMuIEluIHRoaXMgcGFwZXIsIHdlIHJlcG9ydCB0aGUgcmVzdWx0cyBvZiBhIHN5c3RlbWF0aWMgbGl0ZXJhdHVyZSBtZXRhLWFuYWx5c2lzIHRvIG1hcCBQRlRzIGluIHJlbGF0aW9uIHRvIGNyb3AgcHJvdGVjdGlvbiBhbmQgaWRlbnRpZnkgdHJlbmRzIGFuZCBnYXBzIGluIHRoZSB1c2Ugb2YgdGhlc2UgdGVjaG5vbG9naWVzIGluIG9yZGVyIGZvciB0aGVtIHRvIGJlIGVhc2lseSBhZG9wdGVkIGJ5IGZhcm1lcnMuIEluIHRvdGFsLCAyMzkgZGlmZmVyZW50IHJlc2VhcmNoIGFydGljbGVzIHdlcmUgYXNzZXNzZWQgaW4gdGVybXMgb2Ygc2Vuc29yLCBwbGF0Zm9ybSwgY3JvcCwgcGVzdCwgcGVzdCBtYW5hZ2VtZW50IHN0YWdlLCBhbmQgaW1wYWN0IHR5cGUuIFRoZSBtYWpvcml0eSBvZiByZXNlYXJjaCBhcnRpY2xlcyBmb2N1c2VkIG9uIGFyYWJsZSBjcm9wcyBhbmQgb24gd2VlZCBtYW5hZ2VtZW50LiBUaGUgaWRlbnRpZmllZCBQRlRzIGNhbiBhY2hpZXZlIHVwIHRvIDk3ICUgc2F2aW5ncyBpbiBoZXJiaWNpZGVzLCByZWR1Y2UgdGhlIGFyZWEgdGhhdCBuZWVkcyBpbnNlY3RpY2lkZSBhcHBsaWNhdGlvbiBieSB1cCB0byA3MCAlLCBhbmQgcmVkdWNlIHdlZWQgZGVuc2l0aWVzIGJ5IDg5ICUuIEluIHRoZSBmdXR1cmUsIGhpZ2ggcmVzb2x1dGlvbnMgaW1hZ2VzIGFuZCBwcm94aW1hbCBzZW5zaW5nIHdpdGggaGV0ZXJvZ2VuZW91cyByb2JvdGljIHN5c3RlbXMgaXMgZXhwZWN0ZWQgdG8gbWFrZSBwZXN0IGRldGVjdGlvbiBhbmQgY29udHJvbCBtb3JlIGVmZmljaWVudC4iLCJwdWJsaXNoZXIiOiJFbHNldmllciBCLlYuIiwidm9sdW1lIjoiNSIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0="/>
                 <w:id w:val="-52009325"/>
                 <w:placeholder>
                   <w:docPart w:val="534C27CD6ECE45FAACF5BA7D4628BE26"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -5197,51 +5221,51 @@
               </w:rPr>
               <w:t>IoT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007A762C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> de bajo consumo.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C8EC3BA" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="2C8EC3BA" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fNjBhNjdiODgtMDhiZS00ZmE0LTlhMDMtNTdmM2UxNGFjMGE5IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzVdIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiNWZlN2U3YjEtZGYyYS0zOGEzLWFmYjAtNTFmZjZhZDlhYjY3IiwiaXRlbURhdGEiOnsidHlwZSI6InBhcGVyLWNvbmZlcmVuY2UiLCJpZCI6IjVmZTdlN2IxLWRmMmEtMzhhMy1hZmIwLTUxZmY2YWQ5YWI2NyIsInRpdGxlIjoiQSBTeXN0ZW1hdGljIFJldmlldyBvbiBJbnRlcm5ldCBvZiBUaGluZ3MgKElvVCkgU2VjdXJpdHk6IEFwcGxpY2F0aW9ucywgQXJjaGl0ZWN0dXJlLCBDaGFsbGVuZ2VzIGFuZCBTb2x1dGlvbnMiLCJhdXRob3IiOlt7ImZhbWlseSI6IkdhbmRhIiwiZ2l2ZW4iOiJWYXN1IERldiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlJpdGlrYSIsImdpdmVuIjoiUml0aWthIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiTWVocmEiLCJnaXZlbiI6IlBhd2FuIFNpbmdoIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiQ2hhd2xhIiwiZ2l2ZW4iOiJEaWtzaGEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiIyMDI0IDFzdCBJbnRlcm5hdGlvbmFsIENvbmZlcmVuY2Ugb24gQWR2YW5jZWQgQ29tcHV0aW5nIGFuZCBFbWVyZ2luZyBUZWNobm9sb2dpZXMsIEFDRVQgMjAyNCIsIkRPSSI6IjEwLjExMDkvQUNFVDYxODk4LjIwMjQuMTA3Mjk5NTQiLCJJU0JOIjoiOTc5ODM1MDM2NzcyMCIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjRdXX0sImFic3RyYWN0IjoiSW4gcmVjZW50IHllYXJzLCB0aGUgSW50ZXJuZXQgb2YgVGhpbmdzIChJb1QpIGhhcyByYXBpZGx5IGJlY29tZSBpbmRpc3BlbnNhYmxlIGluIG91ciBkYXktdG8tZGF5IGFjdGl2aXRpZXMuIEl0IGhhcyBlbWVyZ2VkIGFzIGEgbGVhZGluZyB0ZWNobm9sb2d5IGFyb3VuZCB0aGUgd29ybGQuIFRoZSBpbXBhY3Qgb2YgSW9UIGNvbW11bmljYXRpb24gdGVjaG5vbG9neSBvbiBvdXIgZGFpbHkgbGl2ZXMgaW4gdGhlIGZ1dHVyZSBpcyBleHBlY3RlZCB0byBiZSB0cmVtZW5kb3VzLiBJb1QsIGhvd2V2ZXIsIGhhcyBudW1lcm91cyBzZWN1cml0eSBhbmQgcHJpdmFjeSBjb25jZXJucy4gVG8gZ2FpbiB0cnVzdCBvZiBtYWpvcml0eSBvZiB1c2VycyB1c2luZyBJb1QgYmFzZWQgYXBwbGljYXRpb25zIElvVCBkZXZpY2VzIHNob3VsZCBwcm92aWRlIGRhdGEgY29uZmlkZW50aWFsaXR5LCBhdXRoZW50aWNpdHksIGludGVncml0eSBhbmQgYWNjZXNzIGNvbnRyb2wuIFRoaXMgbWFrZXMgdGhlIG5lY2Vzc2FyeSBhZGp1c3RtZW50cyB0byB0aGUgY3VycmVudCBhcmNoaXRlY3R1cmUgaW1wZXJhdGl2ZS4gQXMgYSByZXN1bHQsIHdlIHRob3JvdWdobHkgcmV2aWV3ZWQgdGhlIG1haW4gc2VjdXJpdHkgY29uY2VybnMgd2l0aCBJb1QgYXBwbGljYXRpb25zIGFuZCBhcmNoaXRlY3R1cmUgaW4gdGhpcyBwYXBlci4gRnVydGhlciBpdCBjb3ZlcnMgdGhlIGNvdW50ZXJtZWFzdXJlcyBhbG9uZyB3aXRoIHVwY29taW5nIHNvbHV0aW9ucy4gRnVydGhlcm1vcmUsIGl0IGV4cGxvcmVzIHRoZSB0aHJlZS10aWVyIHN0cnVjdHVyZSBvZiBJb1QgZnJhbWV3b3JrLCBzcGVjaWZpY2FsbHkgdGhlIFBlcmNlcHRpb24sIE5ldHdvcmssIGFuZCBBcHBsaWNhdGlvbiB0aWVycywgd2hpbGUgc2hvd2Nhc2luZyB2YXJpb3VzIHJlYWwtd29ybGQgYXBwbGljYXRpb25zIG9mIElvVC4iLCJwdWJsaXNoZXIiOiJJbnN0aXR1dGUgb2YgRWxlY3RyaWNhbCBhbmQgRWxlY3Ryb25pY3MgRW5naW5lZXJzIEluYy4iLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiIifSwiaXNUZW1wb3JhcnkiOmZhbHNlfV19"/>
                 <w:id w:val="1587503201"/>
                 <w:placeholder>
                   <w:docPart w:val="534C27CD6ECE45FAACF5BA7D4628BE26"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -5584,51 +5608,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A762C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Automatización de hogares para optimizar energía, seguridad y confort.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48ED81E5" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="48ED81E5" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fZWE2YzYyNjgtYzE5My00ZWU0LWI2Y2ItNWY4ZTUyNGRlOTBkIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzRdIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiNTIyMzVkODMtMjljMC0zN2Q2LWIyZTUtZGU5MDIzZmNjMzE4IiwiaXRlbURhdGEiOnsidHlwZSI6InBhcGVyLWNvbmZlcmVuY2UiLCJpZCI6IjUyMjM1ZDgzLTI5YzAtMzdkNi1iMmU1LWRlOTAyM2ZjYzMxOCIsInRpdGxlIjoiQSBzZWN1cmUgc21hcnQgaG9tZSB1c2luZyBJbnRlcm5ldC1vZi1UaGluZ3MiLCJhdXRob3IiOlt7ImZhbWlseSI6IklicmFoaW0iLCJnaXZlbiI6IkphYmlyIE11aGFtbWFkIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiS2FyYW1pIiwiZ2l2ZW4iOiJBbWluIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiSmFmYXJpIiwiZ2l2ZW4iOiJGYWhpbWVoIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiQUNNIEludGVybmF0aW9uYWwgQ29uZmVyZW5jZSBQcm9jZWVkaW5nIFNlcmllcyIsIkRPSSI6IjEwLjExNDUvMzE0OTU3Mi4zMTQ5NTc3IiwiSVNCTiI6Ijk3ODE0NTAzNTMzNzMiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDE3LDEwLDldXX0sInBhZ2UiOiI2OS03NCIsImFic3RyYWN0IjoiSW50ZXJuZXQtb2YtVGhpbmdzIChJb1QpIGhhcyByZWNlbnRseSBiZWVuIHRoZSBiaWdnZXN0IGlubm92YXRpb24sIHdoaWNoIHByb21pc2VzIHRvIGVuaGFuY2Ugb3VyIGRhaWx5IGxpZmUgYW5kIGFjdGl2aXRpZXMgdGhyb3VnaCBpbnRlbGxpZ2VudCBzZW5zb3JzIGFuZCBzbWFydCBkZXZpY2VzIHdvcmtpbmcgdG9nZXRoZXIuIFdpdGggSW50ZXJuZXQgcHJvdG9jb2wgY29ubmVjdGl2aXR5LCB0aGVzZSBkZXZpY2VzIGNhbiBiZSBjb25uZWN0ZWQgdG8gdGhlIEludGVybmV0IHdoaWNoIGFsbG93IHVzZXJzIHRvIGNvbnRyb2wsIHJlYWQgYW5kIG1hbmFnZSB0aGVtIGZyb20gYW55d2hlcmUgYXQgYW55IGdpdmVuIHRpbWUuIEFzIHNlY3VyaXR5IGlzIG9uZSBvZiB0aGUgbWFpbiBjb25jZXJucyBpbiBJb1QsIHRoaXMgd29yayBwcm9wb3NlcyBhbmQgaW1wbGVtZW50cyBhIHNlY3VyZSBJb1QgZnJhbWV3b3JrIHVzaW5nIFRMUy9TU0wgcHJvdG9jb2wuIFRvIGRldmVsb3AgdGhlIHByb3Bvc2VkIGZyYW1ld29yaywgd2UgaGF2ZSBwcm9ncmFtbWVkIHRoZSBzZW5zb3JzIHRocm91Z2ggQXJkdWlubyBib2FyZCBhbmQgdXBsb2FkZWQgdGhlIHNlbnNvcnkgZGF0YSBpbnRvIHRoZSBjbG91ZCBzdG9yYWdlIGZvciBhY2Nlc3NpbmcgdG8gdGhlIGNvbm5lY3RlZCBkZXZpY2VzIGluIGEgc21hcnQgaG9tZS4gVGhlIGV4cGVyaW1lbnRhbCByZXN1bHRzIHNob3cgdGhlIG91dGNvbWUgb2YgdGhlIG9ubGluZSBtb25pdG9yaW5nIGFuZCBhbmFseXNpcyBvZiBzZW5zb3J5IGRhdGEgcmVtb3RlbHkgc3RvcmVkIGluIHRoZSBjbG91ZC4iLCJwdWJsaXNoZXIiOiJBc3NvY2lhdGlvbiBmb3IgQ29tcHV0aW5nIE1hY2hpbmVyeSIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0="/>
                 <w:id w:val="-855577877"/>
                 <w:placeholder>
                   <w:docPart w:val="534C27CD6ECE45FAACF5BA7D4628BE26"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -5906,51 +5930,51 @@
               <w:t xml:space="preserve">Simulación de sentidos humanos (vista, oído, tacto, etc.) mediante sensores </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A762C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>IoT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0034901D" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="0034901D" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fZDNjNGEyZTMtMTRkNS00ZjkxLWE5OTAtYjU3ZWM1ODRjOGZjIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzMzXSIsIm1hbnVhbE92ZXJyaWRlVGV4dCI6IiJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6IjYwNDYyYzZkLWIzNTctMzdmNC05N2QyLTgxMWI5Y2JmOTcxYiIsIml0ZW1EYXRhIjp7InR5cGUiOiJyZXBvcnQiLCJpZCI6IjYwNDYyYzZkLWIzNTctMzdmNC05N2QyLTgxMWI5Y2JmOTcxYiIsInRpdGxlIjoiQklNLCBtYWNoaW5lIGxlYXJuaW5nIGFuZCBjb21wdXRlciB2aXNpb24gdGVjaG5pcXVlcyBpbiB1bmRlcmdyb3VuZCBjb25zdHJ1Y3Rpb246IGN1cnJlbnQgc3RhdHVzIGFuZCBmdXR1cmUgcGVyc3BlY3RpdmVzIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJIdWFuZyIsImdpdmVuIjoiTSBRIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiTmluacSHIiwiZ2l2ZW4iOiJKIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiWmhhbmciLCJnaXZlbiI6IlEgQiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sIkRPSSI6IjEwLjEwMTYvai50dXN0LjIwMjAuMTAzNjc3IiwiYWJzdHJhY3QiOiI4IFRlbGVwaG9uZSBhbmQgZmF4IG51bWJlcjogKzYxIDMgOTkwIDU0Mzg1IDkgQWRkcmVzczogQWJzdHJhY3QgMTEgVGhlIGFyY2hpdGVjdHVyZSwgZW5naW5lZXJpbmcgYW5kIGNvbnN0cnVjdGlvbiAoQUVDKSBpbmR1c3RyeSBpcyBleHBlcmllbmNpbmcgYSB0ZWNobm9sb2dpY2FsIHJldm9sdXRpb24gMTIgZHJpdmVuIGJ5IGJvb21pbmcgZGlnaXRpc2F0aW9uIGFuZCBhdXRvbWF0aW9uLiBBZHZhbmNlcyBpbiByZXNlYXJjaCBmaWVsZHMgb2YgaW5mb3JtYXRpb24gdGVjaG5vbG9neSBhbmQgMTMgY29tcHV0ZXIgc2NpZW5jZSwgc3VjaCBhcyBidWlsZGluZyBpbmZvcm1hdGlvbiBtb2RlbGxpbmcgKEJJTSksIG1hY2hpbmUgbGVhcm5pbmcgYW5kIGNvbXB1dGVyIHZpc2lvbiBoYXZlIDE0IGF0dHJhY3RlZCBncm93aW5nIGF0dGVudGlvbiBvd2luZyB0byB0aGVpciB1c2VmdWwgYXBwbGljYXRpb25zLiBBdCB0aGUgc2FtZSB0aW1lLCBwb3B1bGF0aW9uLWRyaXZlbiB1bmRlcmdyb3VuZCAxNSBkZXZlbG9wbWVudCBoYXMgYmVlbiBhY2NlbGVyYXRlZCB3aXRoIGRpZ2l0YWwgdHJhbnNmb3JtYXRpb24gYXMgYSBzdHJhdGVnaWMgaW1wZXJhdGl2ZS4gVXJiYW4gdW5kZXJncm91bmQgMTYgaW5mcmFzdHJ1Y3R1cmVzIGFyZSB2YWx1YWJsZSBhc3NldHMgYW5kIHRodXMgZGVtYW5kaW5nIGVmZmVjdGl2ZSBwbGFubmluZywgY29uc3RydWN0aW9uIGFuZCBtYWludGVuYW5jZS4gV2hpbGUgMTcgZW5hYmxpbmcgZ3JlYXRlciB2aXNpYmlsaXR5IGFuZCByZWxpYWJpbGl0eSBpbnRvIHRoZSBwcm9jZXNzZXMgYW5kIHN1YnN5c3RlbXMgb2YgdW5kZXJncm91bmQgY29uc3RydWN0aW9uLCAxOCBhcHBsaWNhdGlvbnMgb2YgQklNLCBtYWNoaW5lIGxlYXJuaW5nIGFuZCBjb21wdXRlciB2aXNpb24gaW4gdW5kZXJncm91bmQgY29uc3RydWN0aW9uIHJlcHJlc2VudCBkaWZmZXJlbnQgc2V0cyAxOSBvZiBvcHBvcnR1bml0aWVzIGFuZCBjaGFsbGVuZ2VzIGZyb20gdGhlaXIgdXNlIGluIGFib3ZlLWdyb3VuZCBjb25zdHJ1Y3Rpb24uIFRoZXJlZm9yZSwgdGhpcyBwYXBlciBhaW1zIHRvIDIwIHByZXNlbnQgdGhlIHN0YXRlLW9mLXRoZS1hcnQgZGV2ZWxvcG1lbnQgYW5kIGZ1dHVyZSB0cmVuZHMgb2YgQklNLCBtYWNoaW5lIGxlYXJuaW5nLCBjb21wdXRlciB2aXNpb24gYW5kIHRoZWlyIDIxIHJlbGF0ZWQgdGVjaG5vbG9naWVzIGluIGZhY2lsaXRhdGluZyB0aGUgZGlnaXRhbCB0cmFuc2l0aW9uIG9mIHR1bm5lbGxpbmcgYW5kIHVuZGVyZ3JvdW5kIGNvbnN0cnVjdGlvbi4gU2VjdGlvbiAxIDIyIHByZXNlbnRzIHRoZSBnbG9iYWwgZGVtYW5kIGZvciBhZG9wdGluZyB0aGVzZSB0ZWNobm9sb2dpZXMuIFNlY3Rpb24gMiBpbnRyb2R1Y2VzIHRoZSByZWxhdGVkIHRlcm1pbm9sb2dpZXMsIDIzIHN0YW5kYXJkaXNhdGlvbnMgYW5kIGZ1bmRhbWVudGFscy4gU2VjdGlvbiAzIHJldmlld3MgQklNIGluIHRyYWRpdGlvbmFsIGFuZCBtZWNoYW5pc2VkIHR1bm5lbGxpbmcgYW5kIDI0IGhpZ2hsaWdodHMgdGhlIGltcG9ydGFuY2Ugb2YgaW50ZWdyYXRpbmcgM0QgZ2VvbG9naWNhbCBtb2RlbGxpbmcgYW5kIGdlb2dyYXBoaWMgaW5mb3JtYXRpb24gc3lzdGVtIChHSVMpIDI1IGRhdGFiYXNlcyB3aXRoIEJJTS4gU2VjdGlvbiA0IGV4YW1pbmVzIHRoZSBrZXkgYXBwbGljYXRpb25zIG9mIG1hY2hpbmUgbGVhcm5pbmcgYW5kIGNvbXB1dGVyIHZpc2lvbiBhdCAyNiBkaWZmZXJlbnQgc3RhZ2VzIG9mIHVuZGVyZ3JvdW5kIGNvbnN0cnVjdGlvbi4gU2VjdGlvbiA1IGRpc2N1c3NlcyB0aGUgY2hhbGxlbmdlcyBhbmQgcGVyc3BlY3RpdmVzIG9mIGV4aXN0aW5nIDI3IHJlc2VhcmNoIG9uIGxldmVyYWdpbmcgdGhlc2UgZW1lcmdpbmcgdGVjaG5vbG9naWVzIGZvciBlc2NhbGF0aW5nIGRpZ2l0aXNhdGlvbiwgYXV0b21hdGlvbiBhbmQgaW5mb3JtYXRpb24gMjggaW50ZWdyYXRpb24gdGhyb3VnaG91dCB1bmRlcmdyb3VuZCBwcm9qZWN0IGxpZmVjeWNsZS4gU2VjdGlvbiA2IHN1bW1hcmlzZXMgdGhlIGN1cnJlbnQgc3RhdGUgb2YgZGV2ZWxvcG1lbnQsIDI5IGlkZW50aWZpZWQgZ2FwcyBhbmQgZnV0dXJlIGRpcmVjdGlvbnMuIDMwIEtleXdvcmRzOiBCdWlsZGluZyBpbmZvcm1hdGlvbiBtb2RlbGxpbmc7IGNvbXB1dGVyIHZpc2lvbjsgbWFjaGluZSBsZWFybmluZzsgdHVubmVsbGluZzsgdW5kZXJncm91bmQgMzEgY29uc3RydWN0aW9uIDMyIDIiLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiIifSwiaXNUZW1wb3JhcnkiOmZhbHNlfV19"/>
                 <w:id w:val="-842237325"/>
                 <w:placeholder>
                   <w:docPart w:val="534C27CD6ECE45FAACF5BA7D4628BE26"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -6411,51 +6435,51 @@
               </w:rPr>
               <w:t>IoT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007A762C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> para mejorar la logística y la interacción entre usuarios en modelos de economía compartida.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65814DF7" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="65814DF7" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fZTFhNjc5ZDktYzAxOS00NDUxLTkyYzYtZDE5NWVmODBjYmQzIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzJdIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiY2I3MDM5ODMtMTgxZS0zNmJmLWJiOTAtNzNkYWFlNjg3NDliIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiY2I3MDM5ODMtMTgxZS0zNmJmLWJiOTAtNzNkYWFlNjg3NDliIiwidGl0bGUiOiJEb2VzIHRoZSBiYW5rJ3MgRmluVGVjaCBpbm5vdmF0aW9uIHJlZHVjZSBpdHMgcmlzay10YWtpbmc/IEV2aWRlbmNlIGZyb20gQ2hpbmEncyBiYW5raW5nIGluZHVzdHJ5IiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJMaSIsImdpdmVuIjoiQ2hlbmdtaW5nIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiSGUiLCJnaXZlbiI6IlNpIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiVGlhbiIsImdpdmVuIjoiWXVhbiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlN1biIsImdpdmVuIjoiU2hpcWkiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJOaW5nIiwiZ2l2ZW4iOiJMdSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6IkpvdXJuYWwgb2YgSW5ub3ZhdGlvbiBhbmQgS25vd2xlZGdlIiwiRE9JIjoiMTAuMTAxNi9qLmppay4yMDIyLjEwMDIxOSIsIklTU04iOiIyNDQ0NTY5WCIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjIsNywxXV19LCJhYnN0cmFjdCI6IkluIHRoZSBjb250ZXh0IG9mIGRldmVsb3BpbmcgRmluVGVjaCBpbm5vdmF0aW9uLCBhIGNvbW1lcmNpYWwgYmFuaydzIHVzZSBvZiBGaW5UZWNoIGlubm92YXRpb24gY2FuIGltcHJvdmUgaXRzIHJpc2sgbWFuYWdlbWVudCBjYXBhYmlsaXR5LCB0aGVyZWJ5IHJlZHVjaW5nIGl0cyByaXNrLXRha2luZy4gVGhpcyBwYXBlciBleHBsb3JlcyB0aGUgaW1wYWN0IGFuZCBtZWNoYW5pc20gb2YgYSBiYW5rJ3MgRmluVGVjaCBpbm5vdmF0aW9uIG9uIGl0cyByaXNrLXRha2luZyB1c2luZyBwYW5lbCBkYXRhIG9mIDY1IGNvbW1lcmNpYWwgYmFua3MgYmV0d2VlbiAyMDA4IGFuZCAyMDIwLiBXZSBpbm5vdmF0aXZlbHkgY29uc3RydWN0IGEgYmFuay1sZXZlbCBpbmRleCBiYXNlZCBvbiB3ZWIgY3Jhd2xlciB0ZWNobm9sb2d5IGFuZCBvYnRhaW4gdGhlIGFubnVhbCBudW1iZXJzIG9mIG5ld3MgaXRlbXMgYWJvdXQgYSBiYW5rJ3MgRmluVGVjaCBpbm5vdmF0aW9uIGZyb20gZWFjaCBiYW5rIGluIEJhaWR1IE5ld3MuIFRoZSBlbXBpcmljYWwgcmVzdWx0cyBzaG93IHRoYXQgaW1wcm92ZW1lbnQgaW4gdGhlIGJhbmsncyBGaW5UZWNoIGlubm92YXRpb24gc2lnbmlmaWNhbnRseSByZWR1Y2VzIGl0cyByaXNrLXRha2luZy4gVG8gb3ZlcmNvbWUgZW5kb2dlbm91cyBwcm9ibGVtcywgaW5jbHVkaW5nIG1lYXN1cmVtZW50IGVycm9ycyBhbmQgb21pdHRlZCB2YXJpYWJsZXMsIHdlIHVzZSB0aGUgaW5zdHJ1bWVudGFsIHZhcmlhYmxlcyAoSVYpIGFuZCBkaWZmZXJlbmNlLWluLWRpZmZlcmVuY2VzIChESUQpIG1ldGhvZHMgdG8gdGVzdCB0aGUgaHlwb3RoZXNpcyBhbmQgb2J0YWluIGNvbnNpc3RlbnQgZXN0aW1hdGVkIHJlc3VsdHMuIFRoZSBtZWNoYW5pc20gYW5hbHlzaXMgc2hvd3MgdGhhdCBiYW5rcyByZWx5IG9uIEZpblRlY2ggaW5ub3ZhdGlvbiB0byByZWR1Y2UgdGhlaXIgcmlzay10YWtpbmcgYnkgaW1wcm92aW5nIHRoZWlyIG9wZXJhdGluZyBpbmNvbWUgYW5kIGNhcGl0YWwgYWRlcXVhY3kgcmF0aW8sIG9wdGltaXppbmcgdGhlaXIgb3BlcmF0aW5nIHBlcmZvcm1hbmNlLCBhbmQgaW1wcm92aW5nIHRoZWlyIHJpc2sgY29udHJvbCBjYXBhYmlsaXRpZXMuIEZ1cnRoZXIsIGEgaGV0ZXJvZ2VuZWl0eSBhbmFseXNpcyBzaG93cyB0aGF0IHRoZSBlZmZlY3Qgb2YgYSBiYW5rJ3MgRmluVGVjaCBpbm5vdmF0aW9uIGluIHJlZHVjaW5nIGl0cyByaXNrLXRha2luZyBpcyBtb3JlIHByb25vdW5jZWQgaW4gbGFyZ2VyLCBzdGF0ZS1vd25lZCwgam9pbnQtc3RvY2ssIGFuZCBoaWdobHktY29tcGV0aXRpdmUgY29tbWVyY2lhbCBiYW5rcy4gT3VyIHJlc2VhcmNoIHJlc3VsdHMgc3RpbGwgaG9sZCBhZnRlciBhIHNlcmllcyBvZiByb2J1c3RuZXNzIHRlc3RzLCBpbmNsdWRpbmcgY2hhbmdpbmcgdGhlIGNvbnN0cnVjdGlvbiBtZXRob2RzIG9mIHRoZSBiYW5rJ3MgRmluVGVjaCBpbm5vdmF0aW9uIGluZGV4LCByZXBsYWNpbmcgdGhlIGJhbmsncyByaXNrLXRha2luZyBpbmRpY2F0b3JzLCB0YWlsLXNocmlua2luZyB0cmVhdG1lbnQsIGFuZCBjaGFuZ2luZyBzYW1wbGVzLiBPdXIgZmluZGluZ3MgcHJvdmlkZSBtaWNybyBldmlkZW5jZSBmb3IgdGhlIGFwcGxpY2F0aW9uIG9mIEZpblRlY2ggaW5ub3ZhdGlvbiBpbiBjb21tZXJjaWFsIGJhbmtzIHRvIHJlZHVjZSB0aGVpciByaXNrLXRha2luZy4iLCJwdWJsaXNoZXIiOiJFbHNldmllciBCLlYuIiwiaXNzdWUiOiIzIiwidm9sdW1lIjoiNyIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0="/>
                 <w:id w:val="457388740"/>
                 <w:placeholder>
                   <w:docPart w:val="534C27CD6ECE45FAACF5BA7D4628BE26"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -6676,51 +6700,51 @@
               </w:rPr>
               <w:t>IoT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007A762C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>, facilitando el diseño y la integración.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="334F3E1F" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="334F3E1F" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fYTA3ZDJlZDUtNTliNC00ZjljLWFjMjktNjY2YjcyYmQzYzA3IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzFdIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiNmI5MWU1ODMtMjJiMy0zYTk4LWFmNjUtMzBkNGU0NTY0ZjdiIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiNmI5MWU1ODMtMjJiMy0zYTk4LWFmNjUtMzBkNGU0NTY0ZjdiIiwidGl0bGUiOiJEaXNjb3ZlcmluZyBwYXR0ZXJucyBhbmQgdHJlbmRzIGluIGN1c3RvbWVyIHNlcnZpY2UgdGVjaG5vbG9naWVzIHBhdGVudHMgdXNpbmcgbGFyZ2UgbGFuZ3VhZ2UgbW9kZWwiLCJhdXRob3IiOlt7ImZhbWlseSI6IktpbSIsImdpdmVuIjoiQ2hhZXllb24iLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJMZWUiLCJnaXZlbiI6Ikp1eW9uZyIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6IkhlbGl5b24iLCJET0kiOiIxMC4xMDE2L2ouaGVsaXlvbi4yMDI0LmUzNDcwMSIsIklTU04iOiIyNDA1ODQ0MCIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjQsNywzMF1dfSwiYWJzdHJhY3QiOiJUaGUgZGVmaW5pdGlvbiBvZiBzZXJ2aWNlIGhhcyBldm9sdmVkIGZyb20gYSBmb2N1cyBvbiBtYXRlcmlhbCB2YWx1ZSBpbiBtYW51ZmFjdHVyaW5nIGJlZm9yZSB0aGUgMjAwMHMgdG8gYSBjdXN0b21lci1jZW50cmljIHZhbHVlIGJhc2VkIG9uIHRoZSBzaWduaWZpY2FudCBncm93dGggb2YgdGhlIHNlcnZpY2UgaW5kdXN0cnkuIERpZ2l0YWwgdHJhbnNmb3JtYXRpb24gaGFzIGJlY29tZSBlc3NlbnRpYWwgZm9yIGNvbXBhbmllcyBpbiB0aGUgc2VydmljZSBpbmR1c3RyeSBkdWUgdG8gdGhlIGluY29ycG9yYXRpb24gb2YgZGlnaXRhbCB0ZWNobm9sb2d5IHRocm91Z2ggdGhlIEZvdXJ0aCBJbmR1c3RyaWFsIFJldm9sdXRpb24gYW5kIENPVklELTE5LiBUaGlzIHN0dWR5IHV0aWxpc2VkIEJpZGlyZWN0aW9uYWwgRW5jb2RlciBSZXByZXNlbnRhdGlvbnMgZnJvbSBUcmFuc2Zvcm1lciAoQkVSVCkgdG8gYW5hbHlzZSAzMDI5IGludGVybmF0aW9uYWwgcGF0ZW50cyByZWxhdGVkIHRvIHRoZSBjdXN0b21lciBzZXJ2aWNlIGluZHVzdHJ5IGFuZCBkaWdpdGFsIHRyYW5zZm9ybWF0aW9uIHJlZ2lzdGVyZWQgYmV0d2VlbiAyMDAwIGFuZCAyMDIyLiBUaHJvdWdoIHRvcGljIG1vZGVsbGluZywgdGhpcyBzdHVkeSBpZGVudGlmaWVkIDEwIG1ham9yIHRvcGljcyBpbiB0aGUgY3VzdG9tZXIgc2VydmljZSBpbmR1c3RyeSBhbmQgYW5hbHlzZWQgdGhlaXIgeWVhcmx5IHRyZW5kcy4gT3VyIGZpbmRpbmdzIHNob3cgdGhhdCBhcyBvZiAyMDIyLCB0aGUgdHJlbmQgd2l0aCB0aGUgaGlnaGVzdCBmcmVxdWVuY3kgaXMgdXNlci1jZW50cmljIG5ldHdvcmsgc2VydmljZSBkZXNpZ24sIHdoaWxlIGNsb3VkIGNvbXB1dGluZyBoYXMgZXhwZXJpZW5jZWQgdGhlIHN0ZWVwZXN0IGluY3JlYXNlIGluIHRoZSBsYXN0IGZpdmUgeWVhcnMuIFVzZXItY2VudHJpYyBuZXR3b3JrIHNlcnZpY2VzIGhhdmUgYmVlbiBzdGVhZGlseSBkZXZlbG9waW5nIHNpbmNlIHRoZSBpbmNlcHRpb24gb2YgdGhlIEludGVybmV0LiBDbG91ZCBjb21wdXRpbmcgaXMgb25lIG9mIHRoZSBrZXkgdGVjaG5vbG9naWVzIGJlaW5nIGRldmVsb3BlZCBpbnRlbnNpdmVseSBpbiAyMDIzIGZvciB0aGUgZGlnaXRhbCB0cmFuc2Zvcm1hdGlvbiBvZiBjdXN0b21lciBzZXJ2aWNlLiBUaGlzIHN0dWR5IGlkZW50aWZpZXMgdGltZSBzZXJpZXMgdHJlbmRzIG9mIGN1c3RvbWVyIHNlcnZpY2UgaW5kdXN0cnkgcGF0ZW50cyBhbmQgc3VnZ2VzdHMgdGhlIGVmZmVjdGl2ZW5lc3Mgb2YgdXNpbmcgQkVSVG9waWMgdG8gcHJlZGljdCBmdXR1cmUgdHJlbmRzIGluIHRlY2hub2xvZ3kuIiwicHVibGlzaGVyIjoiRWxzZXZpZXIgTHRkIiwiaXNzdWUiOiIxNCIsInZvbHVtZSI6IjEwIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiSGVsaXlvbiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0="/>
                 <w:id w:val="387150344"/>
                 <w:placeholder>
                   <w:docPart w:val="534C27CD6ECE45FAACF5BA7D4628BE26"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -6999,51 +7023,51 @@
               </w:rPr>
               <w:t>IoT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007A762C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70628EDD" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="70628EDD" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fZjg3NzU2OWUtM2ViZi00ZWU1LWEyNWUtNmY3OGNjNDcwYTQzIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzhdIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiZWM4OTllMTgtNjNiOC0zYWU0LWExMGYtODhjMjIzMTFmNWQxIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiZWM4OTllMTgtNjNiOC0zYWU0LWExMGYtODhjMjIzMTFmNWQxIiwidGl0bGUiOiJBIGNvbXByZWhlbnNpdmUgc3VydmV5IG9mIHJlc2VhcmNoIHRvd2FyZHMgQUktZW5hYmxlZCB1bm1hbm5lZCBhZXJpYWwgc3lzdGVtcyBpbiBwcmUtLCBhY3RpdmUtLCBhbmQgcG9zdC13aWxkZmlyZSBtYW5hZ2VtZW50IiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJCb3JvdWplbmkiLCJnaXZlbiI6IlNheWVkIFBlZHJhbSBIYWVyaSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlJhemkiLCJnaXZlbiI6IkFib2xmYXpsIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiS2hvc2hkZWwiLCJnaXZlbiI6IlNhaGFuZCIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IkFmZ2hhaCIsImdpdmVuIjoiRmF0ZW1laCIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IkNvZW4iLCJnaXZlbiI6IkphbmljZSBMLiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6Ik8nTmVpbGwiLCJnaXZlbiI6IkxlbyIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IkZ1bGUiLCJnaXZlbiI6IlBldGVyIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiV2F0dHMiLCJnaXZlbiI6IkFkYW0iLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJLb2tvbGFraXMiLCJnaXZlbiI6Ik5pY2sgTWFyaW9zIFQuIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiVmFtdm91ZGFraXMiLCJnaXZlbiI6Ikt5cmlha29zIEcuIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiSW5mb3JtYXRpb24gRnVzaW9uIiwiRE9JIjoiMTAuMTAxNi9qLmluZmZ1cy4yMDI0LjEwMjM2OSIsIklTU04iOiIxNTY2MjUzNSIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjQsOCwxXV19LCJhYnN0cmFjdCI6IldpbGRmaXJlcyBoYXZlIGVtZXJnZWQgYXMgb25lIG9mIHRoZSBtb3N0IGRlc3RydWN0aXZlIG5hdHVyYWwgZGlzYXN0ZXJzIHdvcmxkd2lkZSwgY2F1c2luZyBjYXRhc3Ryb3BoaWMgbG9zc2VzLiBUaGVzZSBsb3NzZXMgaGF2ZSB1bmRlcnNjb3JlZCB0aGUgdXJnZW50IG5lZWQgdG8gaW1wcm92ZSBwdWJsaWMga25vd2xlZGdlIGFuZCBhZHZhbmNlIGV4aXN0aW5nIHRlY2huaXF1ZXMgaW4gd2lsZGZpcmUgbWFuYWdlbWVudC4gUmVjZW50bHksIHRoZSB1c2Ugb2YgQXJ0aWZpY2lhbCBJbnRlbGxpZ2VuY2UgKEFJKSBpbiB3aWxkZmlyZXMsIHByb3BlbGxlZCBieSB0aGUgaW50ZWdyYXRpb24gb2YgVW5tYW5uZWQgQWVyaWFsIFZlaGljbGVzIChVQVZzKSBhbmQgZGVlcCBsZWFybmluZyBtb2RlbHMsIGhhcyBjcmVhdGVkIGFuIHVucHJlY2VkZW50ZWQgbW9tZW50dW0gdG8gaW1wbGVtZW50IGFuZCBkZXZlbG9wIG1vcmUgZWZmZWN0aXZlIHdpbGRmaXJlIG1hbmFnZW1lbnQuIEFsdGhvdWdoIGV4aXN0aW5nIHN1cnZleSBwYXBlcnMgaGF2ZSBleHBsb3JlZCBsZWFybmluZy1iYXNlZCBhcHByb2FjaGVzIGluIHdpbGRmaXJlLCBkcm9uZSB1c2UgaW4gZGlzYXN0ZXIgbWFuYWdlbWVudCwgYW5kIHdpbGRmaXJlIHJpc2sgYXNzZXNzbWVudCwgYSBjb21wcmVoZW5zaXZlIHJldmlldyBlbXBoYXNpemluZyB0aGUgYXBwbGljYXRpb24gb2YgQUktZW5hYmxlZCBVQVYgc3lzdGVtcyBhbmQgaW52ZXN0aWdhdGluZyB0aGUgcm9sZSBvZiBsZWFybmluZy1iYXNlZCBtZXRob2RzIHRocm91Z2hvdXQgdGhlIG92ZXJhbGwgd29ya2Zsb3cgb2YgbXVsdGktc3RhZ2Ugd2lsZGZpcmUgbWFuYWdlbWVudCwgaW5jbHVkaW5nIHByZS1maXJlIChlLmcuLCB2aXNpb24tYmFzZWQgdmVnZXRhdGlvbiBmdWVsIG1lYXN1cmVtZW50KSwgYWN0aXZlLWZpcmUgKGUuZy4sIGZpcmUgZ3Jvd3RoIG1vZGVsaW5nKSwgYW5kIHBvc3QtZmlyZSB0YXNrcyAoZS5nLiwgZXZhY3VhdGlvbiBwbGFubmluZykgaXMgbm90YWJseSBsYWNraW5nLiBUaGlzIHN1cnZleSBzeW50aGVzaXplcyBhbmQgaW50ZWdyYXRlcyBzdGF0ZS1vZi10aGUtc2NpZW5jZSByZXZpZXdzIGFuZCByZXNlYXJjaCBhdCB0aGUgbmV4dXMgb2Ygd2lsZGZpcmUgb2JzZXJ2YXRpb25zIGFuZCBtb2RlbGluZywgQUksIGFuZCBVQVZzIOKAlCB0b3BpY3MgYXQgdGhlIGZvcmVmcm9udCBvZiBhZHZhbmNlcyBpbiB3aWxkZmlyZSBtYW5hZ2VtZW50LCBlbHVjaWRhdGluZyB0aGUgcm9sZSBvZiBBSSBpbiBwZXJmb3JtaW5nIG1vbml0b3JpbmcgYW5kIGFjdHVhdGlvbiB0YXNrcyBmcm9tIHByZS1maXJlLCB0aHJvdWdoIHRoZSBhY3RpdmUtZmlyZSBzdGFnZSwgdG8gcG9zdC1maXJlIG1hbmFnZW1lbnQuIFRvIHRoaXMgYWltLCB3ZSBwcm92aWRlIGFuIGV4dGVuc2l2ZSBhbmFseXNpcyBvZiB0aGUgZXhpc3RpbmcgcmVtb3RlIHNlbnNpbmcgc3lzdGVtcyB3aXRoIGEgcGFydGljdWxhciBmb2N1cyBvbiB0aGUgVUFWIGFkdmFuY2VtZW50cywgZGV2aWNlIHNwZWNpZmljYXRpb25zLCBhbmQgc2Vuc29yIHRlY2hub2xvZ2llcyByZWxldmFudCB0byB3aWxkZmlyZSBtYW5hZ2VtZW50LiBXZSBhbHNvIGV4YW1pbmUgdGhlIHByZS1maXJlIGFuZCBwb3N0LWZpcmUgbWFuYWdlbWVudCBhcHByb2FjaGVzLCBpbmNsdWRpbmcgZnVlbCBtb25pdG9yaW5nLCBwcmV2ZW50aW9uIHN0cmF0ZWdpZXMsIGFzIHdlbGwgYXMgZXZhY3VhdGlvbiBwbGFubmluZywgZGFtYWdlIGFzc2Vzc21lbnQsIGFuZCBvcGVyYXRpb24gc3RyYXRlZ2llcy4gQWRkaXRpb25hbGx5LCB3ZSByZXZpZXcgYW5kIHN1bW1hcml6ZSBhIHdpZGUgcmFuZ2Ugb2YgY29tcHV0ZXIgdmlzaW9uIHRlY2huaXF1ZXMgaW4gYWN0aXZlLWZpcmUgbWFuYWdlbWVudCwgd2l0aCBhbiBlbXBoYXNpcyBvbiBNYWNoaW5lIExlYXJuaW5nIChNTCksIFJlaW5mb3JjZW1lbnQgTGVhcm5pbmcgKFJMKSwgYW5kIERlZXAgTGVhcm5pbmcgKERMKSBhbGdvcml0aG1zIGZvciB3aWxkZmlyZSBjbGFzc2lmaWNhdGlvbiwgc2VnbWVudGF0aW9uLCBkZXRlY3Rpb24sIGFuZCBtb25pdG9yaW5nIHRhc2tzLiBVbHRpbWF0ZWx5LCB3ZSB1bmRlcnNjb3JlIHRoZSBzdWJzdGFudGlhbCBhZHZhbmNlbWVudCBpbiB3aWxkZmlyZSBtb2RlbGluZyB0aHJvdWdoIHRoZSBpbnRlZ3JhdGlvbiBvZiBjdXR0aW5nLWVkZ2UgQUkgdGVjaG5pcXVlcyBhbmQgVUFWLWJhc2VkIGRhdGEsIHByb3ZpZGluZyBub3ZlbCBpbnNpZ2h0cyBhbmQgZW5oYW5jZWQgcHJlZGljdGl2ZSBjYXBhYmlsaXRpZXMgdG8gdW5kZXJzdGFuZCBkeW5hbWljIHdpbGRmaXJlIGJlaGF2aW9yLiIsInB1Ymxpc2hlciI6IkVsc2V2aWVyIEIuVi4iLCJ2b2x1bWUiOiIxMDgiLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiIifSwiaXNUZW1wb3JhcnkiOmZhbHNlfV19"/>
                 <w:id w:val="534773422"/>
                 <w:placeholder>
                   <w:docPart w:val="534C27CD6ECE45FAACF5BA7D4628BE26"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -7269,51 +7293,51 @@
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00E63FDF">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Table \* ROMAN </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B51263">
+      <w:r w:rsidR="005333E4">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F99B3FD" w14:textId="2A8BD3FF" w:rsidR="007C29DB" w:rsidRPr="00D010B7" w:rsidRDefault="007C29DB" w:rsidP="007C29DB">
       <w:pPr>
         <w:pStyle w:val="TableTitle"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
@@ -7589,84 +7613,85 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007C29DB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:t>IoT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007C29DB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:t xml:space="preserve">. Análisis predictivo para enfermedades o anomalías en cultivos (agricultura de </w:t>
             </w:r>
             <w:r w:rsidRPr="007C29DB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">precisión). Detección de ataques o anomalías en entornos de red (seguridad en </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007C29DB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:t>IoT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007C29DB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62479585" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="62479585" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fYzVlNTY0NTQtYjU0MC00NTQwLWI5YjctMDgzM2IxNTcxYmFlIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzE3XSIsIm1hbnVhbE92ZXJyaWRlVGV4dCI6IiJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6IjFhMzYzZTYwLTczNTItMzI2Ny1iMjQxLWRjMDhmYjc2NjI0MCIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6IjFhMzYzZTYwLTczNTItMzI2Ny1iMjQxLWRjMDhmYjc2NjI0MCIsInRpdGxlIjoiSW50ZWxsaWdlbnQgaW50cnVzaW9uIGRldGVjdGlvbiBpbiBsb3ctcG93ZXIgSW9UcyIsImF1dGhvciI6W3siZmFtaWx5IjoiU2FlZWQiLCJnaXZlbiI6IkFobWVkIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiQWhtYWRpbmlhIiwiZ2l2ZW4iOiJBbGkiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJKYXZlZCIsImdpdmVuIjoiQWJiYXMiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJMYXJpamFuaSIsImdpdmVuIjoiSGFkaSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6IkFDTSBUcmFuc2FjdGlvbnMgb24gSW50ZXJuZXQgVGVjaG5vbG9neSIsIkRPSSI6IjEwLjExNDUvMjk5MDQ5OSIsIklTU04iOiIxNTU3NjA1MSIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMTYsMTIsMV1dfSwiYWJzdHJhY3QiOiJTZWN1cml0eSBhbmQgcHJpdmFjeSBvZiBkYXRhIGFyZSBvbmUgb2YgdGhlIHByaW1lIGNvbmNlcm5zIGluIHRvZGF5J3MgSW50ZXJuZXQgb2YgVGhpbmdzIChJb1QpLiBDb252ZW50aW9uYWwgc2VjdXJpdHkgdGVjaG5pcXVlcyBsaWtlIHNpZ25hdHVyZS1iYXNlZCBkZXRlY3Rpb24gb2YgbWFsd2FyZSBhbmQgcmVndWxhciB1cGRhdGVzIG9mIGEgc2lnbmF0dXJlIGRhdGFiYXNlIGFyZSBub3QgZmVhc2libGUgc29sdXRpb25zIGFzIHRoZXkgY2Fubm90IHNlY3VyZSBzdWNoIHN5c3RlbXMgZWZmZWN0aXZlbHksIGhhdmluZyBsaW1pdGVkIHJlc291cmNlcy4gUHJvZ3JhbW1pbmcgbGFuZ3VhZ2VzIHBlcm1pdHRpbmcgaW1tZWRpYXRlIG1lbW9yeSBhY2Nlc3NlcyB0aHJvdWdoIHBvaW50ZXJzIG9mdGVuIHJlc3VsdCBpbiBhcHBsaWNhdGlvbnMgaGF2aW5nIG1lbW9yeS1yZWxhdGVkIGVycm9ycywgd2hpY2ggbWF5IGxlYWQgdG8gdW5wcmVkaWN0YWJsZSBmYWlsdXJlcyBhbmQgc2VjdXJpdHkgdnVsbmVyYWJpbGl0aWVzLiBGdXJ0aGVybW9yZSwgZW5lcmd5IGVmZmljaWVudCBJb1QgZGV2aWNlcyBydW5uaW5nIG9uIGJhdHRlcmllcyBjYW5ub3QgYWZmb3JkIHRoZSBpbXBsZW1lbnRhdGlvbiBvZiBjcnlwdG9ncmFwaHkgYWxnb3JpdGhtcyBhcyBzdWNoIHRlY2huaXF1ZXMgaGF2ZSBzaWduaWZpY2FudCBpbXBhY3Qgb24gdGhlIHN5c3RlbSBwb3dlciBjb25zdW1wdGlvbi4gVGhlcmVmb3JlLCBpbiBvcmRlciB0byBvcGVyYXRlIElvVCBpbiBhIHNlY3VyZSBtYW5uZXIsIHRoZSBzeXN0ZW0gbXVzdCBiZSBhYmxlIHRvIGRldGVjdCBhbmQgcHJldmVudCBhbnkga2luZCBvZiBpbnRydXNpb25zIGJlZm9yZSB0aGUgbmV0d29yayAoaS5lLiwgc2Vuc29yIG5vZGVzIGFuZCBiYXNlIHN0YXRpb24pIGlzIGRlc3RhYmlsaXNlZCBieSB0aGUgYXR0YWNrZXJzLiBJbiB0aGlzIGFydGljbGUsIHdlIGhhdmUgcHJlc2VudGVkIGFuIGludHJ1c2lvbiBkZXRlY3Rpb24gYW5kIHByZXZlbnRpb24gbWVjaGFuaXNtIGJ5IGltcGxlbWVudGluZyBhbiBpbnRlbGxpZ2VudCBzZWN1cml0eSBhcmNoaXRlY3R1cmUgdXNpbmcgcmFuZG9tIG5ldXJhbCBuZXR3b3JrcyAoUk5OcykuIFRoZSBhcHBsaWNhdGlvbidzIHNvdXJjZSBjb2RlIGlzIGFsc28gaW5zdHJ1bWVudGVkIGF0IGNvbXBpbGUgdGltZSBpbiBvcmRlciB0byBkZXRlY3Qgb3V0LW9mLWJvdW5kIG1lbW9yeSBhY2Nlc3Nlcy4gSXQgaXMgYmFzZWQgb24gY3JlYXRpbmcgdGFncywgdG8gYmUgY291cGxlZCB3aXRoIGVhY2ggbWVtb3J5IGFsbG9jYXRpb24gYW5kIHRoZW4gcGxhY2luZyBhZGRpdGlvbmFsIHRhZyBjaGVja2luZyBpbnN0cnVjdGlvbnMgZm9yIGVhY2ggYWNjZXNzIG1hZGUgdG8gdGhlIG1lbW9yeS4gVG8gdmFsaWRhdGUgdGhlIGZlYXNpYmlsaXR5IG9mIHRoZSBwcm9wb3NlZCBzZWN1cml0eSBzb2x1dGlvbiwgaXQgaXMgaW1wbGVtZW50ZWQgZm9yIGFuIGV4aXN0aW5nIElvVCBzeXN0ZW0gYW5kIGl0cyBmdW5jdGlvbmFsaXR5IGlzIHByYWN0aWNhbGx5IGRlbW9uc3RyYXRlZCBieSBzdWNjZXNzZnVsbHkgZGV0ZWN0aW5nIHRoZSBwcmVzZW5jZSBvZiBhbnkgc3VzcGljaW91cyBzZW5zb3Igbm9kZSB3aXRoaW4gdGhlIHN5c3RlbSBvcGVyYXRpbmcgcmFuZ2UgYW5kIGFub21hbG91cyBhY3Rpdml0eSBpbiB0aGUgYmFzZSBzdGF0aW9uIHdpdGggYW4gYWNjdXJhY3kgb2YgOTcuMjMlLiBPdmVyYWxsLCB0aGUgcHJvcG9zZWQgc2VjdXJpdHkgc29sdXRpb24gaGFzIHByZXNlbnRlZCBhIG1pbmltYWwgcGVyZm9ybWFuY2Ugb3ZlcmhlYWQuIiwicHVibGlzaGVyIjoiQXNzb2NpYXRpb24gZm9yIENvbXB1dGluZyBNYWNoaW5lcnkiLCJpc3N1ZSI6IjQiLCJ2b2x1bWUiOiIxNiIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IkFDTSBUcmFucyBJbnRlcm5ldCBUZWNobm9sIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
                 <w:id w:val="-541512835"/>
                 <w:placeholder>
                   <w:docPart w:val="B739FCFAD7E646ADB3EAA306CC3365F3"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -7953,51 +7978,51 @@
               </w:rPr>
               <w:t>IoT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007C29DB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:t xml:space="preserve"> y análisis de video.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CDE1658" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="7CDE1658" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fNDdiNDk2NDUtMzM3My00YzM3LWFjZDYtMGIxYjg1Zjg2ZWU2IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzFdIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiNmI5MWU1ODMtMjJiMy0zYTk4LWFmNjUtMzBkNGU0NTY0ZjdiIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiNmI5MWU1ODMtMjJiMy0zYTk4LWFmNjUtMzBkNGU0NTY0ZjdiIiwidGl0bGUiOiJEaXNjb3ZlcmluZyBwYXR0ZXJucyBhbmQgdHJlbmRzIGluIGN1c3RvbWVyIHNlcnZpY2UgdGVjaG5vbG9naWVzIHBhdGVudHMgdXNpbmcgbGFyZ2UgbGFuZ3VhZ2UgbW9kZWwiLCJhdXRob3IiOlt7ImZhbWlseSI6IktpbSIsImdpdmVuIjoiQ2hhZXllb24iLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJMZWUiLCJnaXZlbiI6Ikp1eW9uZyIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6IkhlbGl5b24iLCJET0kiOiIxMC4xMDE2L2ouaGVsaXlvbi4yMDI0LmUzNDcwMSIsIklTU04iOiIyNDA1ODQ0MCIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjQsNywzMF1dfSwiYWJzdHJhY3QiOiJUaGUgZGVmaW5pdGlvbiBvZiBzZXJ2aWNlIGhhcyBldm9sdmVkIGZyb20gYSBmb2N1cyBvbiBtYXRlcmlhbCB2YWx1ZSBpbiBtYW51ZmFjdHVyaW5nIGJlZm9yZSB0aGUgMjAwMHMgdG8gYSBjdXN0b21lci1jZW50cmljIHZhbHVlIGJhc2VkIG9uIHRoZSBzaWduaWZpY2FudCBncm93dGggb2YgdGhlIHNlcnZpY2UgaW5kdXN0cnkuIERpZ2l0YWwgdHJhbnNmb3JtYXRpb24gaGFzIGJlY29tZSBlc3NlbnRpYWwgZm9yIGNvbXBhbmllcyBpbiB0aGUgc2VydmljZSBpbmR1c3RyeSBkdWUgdG8gdGhlIGluY29ycG9yYXRpb24gb2YgZGlnaXRhbCB0ZWNobm9sb2d5IHRocm91Z2ggdGhlIEZvdXJ0aCBJbmR1c3RyaWFsIFJldm9sdXRpb24gYW5kIENPVklELTE5LiBUaGlzIHN0dWR5IHV0aWxpc2VkIEJpZGlyZWN0aW9uYWwgRW5jb2RlciBSZXByZXNlbnRhdGlvbnMgZnJvbSBUcmFuc2Zvcm1lciAoQkVSVCkgdG8gYW5hbHlzZSAzMDI5IGludGVybmF0aW9uYWwgcGF0ZW50cyByZWxhdGVkIHRvIHRoZSBjdXN0b21lciBzZXJ2aWNlIGluZHVzdHJ5IGFuZCBkaWdpdGFsIHRyYW5zZm9ybWF0aW9uIHJlZ2lzdGVyZWQgYmV0d2VlbiAyMDAwIGFuZCAyMDIyLiBUaHJvdWdoIHRvcGljIG1vZGVsbGluZywgdGhpcyBzdHVkeSBpZGVudGlmaWVkIDEwIG1ham9yIHRvcGljcyBpbiB0aGUgY3VzdG9tZXIgc2VydmljZSBpbmR1c3RyeSBhbmQgYW5hbHlzZWQgdGhlaXIgeWVhcmx5IHRyZW5kcy4gT3VyIGZpbmRpbmdzIHNob3cgdGhhdCBhcyBvZiAyMDIyLCB0aGUgdHJlbmQgd2l0aCB0aGUgaGlnaGVzdCBmcmVxdWVuY3kgaXMgdXNlci1jZW50cmljIG5ldHdvcmsgc2VydmljZSBkZXNpZ24sIHdoaWxlIGNsb3VkIGNvbXB1dGluZyBoYXMgZXhwZXJpZW5jZWQgdGhlIHN0ZWVwZXN0IGluY3JlYXNlIGluIHRoZSBsYXN0IGZpdmUgeWVhcnMuIFVzZXItY2VudHJpYyBuZXR3b3JrIHNlcnZpY2VzIGhhdmUgYmVlbiBzdGVhZGlseSBkZXZlbG9waW5nIHNpbmNlIHRoZSBpbmNlcHRpb24gb2YgdGhlIEludGVybmV0LiBDbG91ZCBjb21wdXRpbmcgaXMgb25lIG9mIHRoZSBrZXkgdGVjaG5vbG9naWVzIGJlaW5nIGRldmVsb3BlZCBpbnRlbnNpdmVseSBpbiAyMDIzIGZvciB0aGUgZGlnaXRhbCB0cmFuc2Zvcm1hdGlvbiBvZiBjdXN0b21lciBzZXJ2aWNlLiBUaGlzIHN0dWR5IGlkZW50aWZpZXMgdGltZSBzZXJpZXMgdHJlbmRzIG9mIGN1c3RvbWVyIHNlcnZpY2UgaW5kdXN0cnkgcGF0ZW50cyBhbmQgc3VnZ2VzdHMgdGhlIGVmZmVjdGl2ZW5lc3Mgb2YgdXNpbmcgQkVSVG9waWMgdG8gcHJlZGljdCBmdXR1cmUgdHJlbmRzIGluIHRlY2hub2xvZ3kuIiwicHVibGlzaGVyIjoiRWxzZXZpZXIgTHRkIiwiaXNzdWUiOiIxNCIsInZvbHVtZSI6IjEwIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiSGVsaXlvbiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0="/>
                 <w:id w:val="2005391321"/>
                 <w:placeholder>
                   <w:docPart w:val="B739FCFAD7E646ADB3EAA306CC3365F3"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -8316,51 +8341,51 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C29DB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:t>Implementado en economías de intercambio para optimizar decisiones en entornos dinámicos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33FF86F8" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="33FF86F8" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fMDZjYjAwMWItYjRlNC00ODExLWE5NGYtODkyOWI0N2QzZDk1IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzJdIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiY2I3MDM5ODMtMTgxZS0zNmJmLWJiOTAtNzNkYWFlNjg3NDliIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiY2I3MDM5ODMtMTgxZS0zNmJmLWJiOTAtNzNkYWFlNjg3NDliIiwidGl0bGUiOiJEb2VzIHRoZSBiYW5rJ3MgRmluVGVjaCBpbm5vdmF0aW9uIHJlZHVjZSBpdHMgcmlzay10YWtpbmc/IEV2aWRlbmNlIGZyb20gQ2hpbmEncyBiYW5raW5nIGluZHVzdHJ5IiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJMaSIsImdpdmVuIjoiQ2hlbmdtaW5nIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiSGUiLCJnaXZlbiI6IlNpIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiVGlhbiIsImdpdmVuIjoiWXVhbiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlN1biIsImdpdmVuIjoiU2hpcWkiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJOaW5nIiwiZ2l2ZW4iOiJMdSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6IkpvdXJuYWwgb2YgSW5ub3ZhdGlvbiBhbmQgS25vd2xlZGdlIiwiRE9JIjoiMTAuMTAxNi9qLmppay4yMDIyLjEwMDIxOSIsIklTU04iOiIyNDQ0NTY5WCIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjIsNywxXV19LCJhYnN0cmFjdCI6IkluIHRoZSBjb250ZXh0IG9mIGRldmVsb3BpbmcgRmluVGVjaCBpbm5vdmF0aW9uLCBhIGNvbW1lcmNpYWwgYmFuaydzIHVzZSBvZiBGaW5UZWNoIGlubm92YXRpb24gY2FuIGltcHJvdmUgaXRzIHJpc2sgbWFuYWdlbWVudCBjYXBhYmlsaXR5LCB0aGVyZWJ5IHJlZHVjaW5nIGl0cyByaXNrLXRha2luZy4gVGhpcyBwYXBlciBleHBsb3JlcyB0aGUgaW1wYWN0IGFuZCBtZWNoYW5pc20gb2YgYSBiYW5rJ3MgRmluVGVjaCBpbm5vdmF0aW9uIG9uIGl0cyByaXNrLXRha2luZyB1c2luZyBwYW5lbCBkYXRhIG9mIDY1IGNvbW1lcmNpYWwgYmFua3MgYmV0d2VlbiAyMDA4IGFuZCAyMDIwLiBXZSBpbm5vdmF0aXZlbHkgY29uc3RydWN0IGEgYmFuay1sZXZlbCBpbmRleCBiYXNlZCBvbiB3ZWIgY3Jhd2xlciB0ZWNobm9sb2d5IGFuZCBvYnRhaW4gdGhlIGFubnVhbCBudW1iZXJzIG9mIG5ld3MgaXRlbXMgYWJvdXQgYSBiYW5rJ3MgRmluVGVjaCBpbm5vdmF0aW9uIGZyb20gZWFjaCBiYW5rIGluIEJhaWR1IE5ld3MuIFRoZSBlbXBpcmljYWwgcmVzdWx0cyBzaG93IHRoYXQgaW1wcm92ZW1lbnQgaW4gdGhlIGJhbmsncyBGaW5UZWNoIGlubm92YXRpb24gc2lnbmlmaWNhbnRseSByZWR1Y2VzIGl0cyByaXNrLXRha2luZy4gVG8gb3ZlcmNvbWUgZW5kb2dlbm91cyBwcm9ibGVtcywgaW5jbHVkaW5nIG1lYXN1cmVtZW50IGVycm9ycyBhbmQgb21pdHRlZCB2YXJpYWJsZXMsIHdlIHVzZSB0aGUgaW5zdHJ1bWVudGFsIHZhcmlhYmxlcyAoSVYpIGFuZCBkaWZmZXJlbmNlLWluLWRpZmZlcmVuY2VzIChESUQpIG1ldGhvZHMgdG8gdGVzdCB0aGUgaHlwb3RoZXNpcyBhbmQgb2J0YWluIGNvbnNpc3RlbnQgZXN0aW1hdGVkIHJlc3VsdHMuIFRoZSBtZWNoYW5pc20gYW5hbHlzaXMgc2hvd3MgdGhhdCBiYW5rcyByZWx5IG9uIEZpblRlY2ggaW5ub3ZhdGlvbiB0byByZWR1Y2UgdGhlaXIgcmlzay10YWtpbmcgYnkgaW1wcm92aW5nIHRoZWlyIG9wZXJhdGluZyBpbmNvbWUgYW5kIGNhcGl0YWwgYWRlcXVhY3kgcmF0aW8sIG9wdGltaXppbmcgdGhlaXIgb3BlcmF0aW5nIHBlcmZvcm1hbmNlLCBhbmQgaW1wcm92aW5nIHRoZWlyIHJpc2sgY29udHJvbCBjYXBhYmlsaXRpZXMuIEZ1cnRoZXIsIGEgaGV0ZXJvZ2VuZWl0eSBhbmFseXNpcyBzaG93cyB0aGF0IHRoZSBlZmZlY3Qgb2YgYSBiYW5rJ3MgRmluVGVjaCBpbm5vdmF0aW9uIGluIHJlZHVjaW5nIGl0cyByaXNrLXRha2luZyBpcyBtb3JlIHByb25vdW5jZWQgaW4gbGFyZ2VyLCBzdGF0ZS1vd25lZCwgam9pbnQtc3RvY2ssIGFuZCBoaWdobHktY29tcGV0aXRpdmUgY29tbWVyY2lhbCBiYW5rcy4gT3VyIHJlc2VhcmNoIHJlc3VsdHMgc3RpbGwgaG9sZCBhZnRlciBhIHNlcmllcyBvZiByb2J1c3RuZXNzIHRlc3RzLCBpbmNsdWRpbmcgY2hhbmdpbmcgdGhlIGNvbnN0cnVjdGlvbiBtZXRob2RzIG9mIHRoZSBiYW5rJ3MgRmluVGVjaCBpbm5vdmF0aW9uIGluZGV4LCByZXBsYWNpbmcgdGhlIGJhbmsncyByaXNrLXRha2luZyBpbmRpY2F0b3JzLCB0YWlsLXNocmlua2luZyB0cmVhdG1lbnQsIGFuZCBjaGFuZ2luZyBzYW1wbGVzLiBPdXIgZmluZGluZ3MgcHJvdmlkZSBtaWNybyBldmlkZW5jZSBmb3IgdGhlIGFwcGxpY2F0aW9uIG9mIEZpblRlY2ggaW5ub3ZhdGlvbiBpbiBjb21tZXJjaWFsIGJhbmtzIHRvIHJlZHVjZSB0aGVpciByaXNrLXRha2luZy4iLCJwdWJsaXNoZXIiOiJFbHNldmllciBCLlYuIiwiaXNzdWUiOiIzIiwidm9sdW1lIjoiNyIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0="/>
                 <w:id w:val="-331139321"/>
                 <w:placeholder>
                   <w:docPart w:val="B739FCFAD7E646ADB3EAA306CC3365F3"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -8547,51 +8572,51 @@
               </w:rPr>
               <w:t>IoT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007C29DB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:t xml:space="preserve"> para entrenar modelos globales sin compartir datos sensibles.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD679FA" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="0BD679FA" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fMWE5OTA1YzUtNTEwZS00YjBhLWE3NjQtOGJlMTYzYThkYTBlIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzU0XSIsIm1hbnVhbE92ZXJyaWRlVGV4dCI6IiJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6IjAxMDM0NTdiLTNjY2ItMzJlNC05NTE0LWRkNjNjYWNmZjVkMiIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6IjAxMDM0NTdiLTNjY2ItMzJlNC05NTE0LWRkNjNjYWNmZjVkMiIsInRpdGxlIjoiRGVjZW50cmFsaXplZCBjb2xsZWN0aXZlIGxlYXJuaW5nIGZvciBzZWxmLW1hbmFnZWQgc2hhcmluZyBlY29ub21pZXMiLCJhdXRob3IiOlt7ImZhbWlseSI6IlBvdXJuYXJhcyIsImdpdmVuIjoiRXZhbmdlbG9zIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiUGlsZ2Vyc3RvcmZlciIsImdpdmVuIjoiUGV0ZXIiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJBc2lraXMiLCJnaXZlbiI6IlRob21hcyIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6IkFDTSBUcmFuc2FjdGlvbnMgb24gQXV0b25vbW91cyBhbmQgQWRhcHRpdmUgU3lzdGVtcyIsIkRPSSI6IjEwLjExNDUvMzI3NzY2OCIsIklTU04iOiIxNTU2NDcwMyIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMTgsMTEsMV1dfSwiYWJzdHJhY3QiOiJUaGUgSW50ZXJuZXQgb2YgVGhpbmdzIGVxdWlwcyBjaXRpemVucyB3aXRoIGEgcGhlbm9tZW5hbCBuZXcgbWVhbnMgZm9yIG9ubGluZSBwYXJ0aWNpcGF0aW9uIGluIHNoYXJpbmcgZWNvbm9taWVzLiBXaGVuIGFnZW50cyBzZWxmLWRldGVybWluZSBvcHRpb25zIGZyb20gd2hpY2ggdGhleSBjaG9vc2UsIGZvciBpbnN0YW5jZSwgdGhlaXIgcmVzb3VyY2UgY29uc3VtcHRpb24gYW5kIHByb2R1Y3Rpb24sIHdoaWxlIHRoZXNlIGNob2ljZXMgaGF2ZSBhIGNvbGxlY3RpdmUgc3lzdGVtd2lkZSBpbXBhY3QsIG9wdGltYWwgZGVjaXNpb24tbWFraW5nIHR1cm5zIGludG8gYSBjb21iaW5hdG9yaWFsIG9wdGltaXphdGlvbiBwcm9ibGVtIGtub3duIGFzIE5QLWhhcmQuIEluIHN1Y2ggY2hhbGxlbmdpbmcgY29tcHV0YXRpb25hbCBwcm9ibGVtcywgY2VudHJhbGx5IG1hbmFnZWQgKGRlZXApIGxlYXJuaW5nIHN5c3RlbXMgb2Z0ZW4gcmVxdWlyZSBwZXJzb25hbCBkYXRhIHdpdGggaW1wbGljYXRpb25zIG9uIHByaXZhY3kgYW5kIGNpdGl6ZW5zJyBhdXRvbm9teS4gVGhpcyBhcnRpY2xlIGVudmlzaW9ucyBhbiBhbHRlcm5hdGl2ZSB1bnN1cGVydmlzZWQgYW5kIGRlY2VudHJhbGl6ZWQgY29sbGVjdGl2ZSBsZWFybmluZyBhcHByb2FjaCB0aGF0IHByZXNlcnZlcyBwcml2YWN5LCBhdXRvbm9teSwgYW5kIHBhcnRpY2lwYXRpb24gb2YgbXVsdGktYWdlbnQgc3lzdGVtcyBzZWxmLW9yZ2FuaXplZCBpbnRvIGEgaGllcmFyY2hpY2FsIHRyZWUgc3RydWN0dXJlLiBSZW1vdGUgaW50ZXJhY3Rpb25zIG9yY2hlc3RyYXRlIGEgaGlnaGx5IGVmZmljaWVudCBwcm9jZXNzIGZvciBkZWNlbnRyYWxpemVkIGNvbGxlY3RpdmUgbGVhcm5pbmcuIFRoaXMgZGlzcnVwdGl2ZSBjb25jZXB0IGlzIHJlYWxpemVkIGJ5IEktRVBPUywgdGhlIEl0ZXJhdGl2ZSBFY29ub21pYyBQbGFubmluZyBhbmQgT3B0aW1pemVkIFNlbGVjdGlvbnMsIGFjY29tcGFuaWVkIGJ5IGEgcGFyYWRpZ21hdGljIHNvZnR3YXJlIGFydGlmYWN0LiBTdHJpa2luZ2x5LCBJLUVQT1Mgb3V0cGVyZm9ybXMgcmVsYXRlZCBhbGdvcml0aG1zIHRoYXQgaW52b2x2ZSBub24tbG9jYWwgYnJ1dGUtZm9yY2Ugb3BlcmF0aW9ucyBvciBleGNoYW5nZSBmdWxsIGluZm9ybWF0aW9uLiBUaGlzIGFydGljbGUgY29udHJpYnV0ZXMgbmV3IGV4cGVyaW1lbnRhbCBmaW5kaW5ncyBhYm91dCB0aGUgaW5mbHVlbmNlIG9mIG5ldHdvcmsgdG9wb2xvZ3kgYW5kIHBsYW5uaW5nIG9uIGxlYXJuaW5nIGVmZmljaWVuY3kgYXMgd2VsbCBhcyBmaW5kaW5ncyBvbiB0ZWNobm8tc29jaW8tZWNvbm9taWMgdHJhZGVvZmZzIGFuZCBnbG9iYWwgb3B0aW1hbGl0eS4gRXhwZXJpbWVudGFsIGV2YWx1YXRpb24gd2l0aCByZWFsLXdvcmxkIGRhdGEgZnJvbSBlbmVyZ3kgYW5kIGJpa2Ugc2hhcmluZyBwaWxvdHMgZGVtb25zdHJhdGVzIHRoZSBncmFuZCBwb3RlbnRpYWwgb2YgY29sbGVjdGl2ZSBsZWFybmluZyB0byBkZXNpZ24gZXRoaWNhbGx5IGFuZCBzb2NpYWxseSByZXNwb25zaWJsZSBwYXJ0aWNpcGF0b3J5IHNoYXJpbmcgZWNvbm9taWVzLiIsInB1Ymxpc2hlciI6IkFzc29jaWF0aW9uIGZvciBDb21wdXRpbmcgTWFjaGluZXJ5IiwiaXNzdWUiOiIyIiwidm9sdW1lIjoiMTMiLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiIifSwiaXNUZW1wb3JhcnkiOmZhbHNlfV19"/>
                 <w:id w:val="-2078118631"/>
                 <w:placeholder>
                   <w:docPart w:val="B739FCFAD7E646ADB3EAA306CC3365F3"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -8784,51 +8809,51 @@
               </w:rPr>
               <w:t>IoT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007C29DB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:t xml:space="preserve"> para mejorar la precisión en la toma de decisiones.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0FBD82" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="7B0FBD82" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fMWUyMzFkNTMtOWVkOS00MDcxLTgxMTQtYzZjNWVmNjY4NzEwIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzQwXSIsIm1hbnVhbE92ZXJyaWRlVGV4dCI6IiJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6ImVlYzI2MTA1LTViYzItM2ZmNC1hODAxLTY1OWFiOGE0NGVhMSIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6ImVlYzI2MTA1LTViYzItM2ZmNC1hODAxLTY1OWFiOGE0NGVhMSIsInRpdGxlIjoiSW9UIEJlc3QgUHJhY3RpY2VzIGFuZCB0aGVpciBDb21wb25lbnRzOiBBIFN5c3RlbWF0aWMgTGl0ZXJhdHVyZSBSZXZpZXciLCJhdXRob3IiOlt7ImZhbWlseSI6IkxhdGluIiwiZ2l2ZW4iOiJJZWVlIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiVHJhbnNhY3Rpb25zIiwiZ2l2ZW4iOiJBbWVyaWNhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiSUVFRSBMYXRpbiBBbWVyaWNhIFRyYW5zYWN0aW9ucyIsIkRPSSI6IjEwLjExMDkvVExBLjIwMjIuOTg4NTE2OSIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjJdXX0sInBhZ2UiOiIyMjE3LTIyMjgiLCJhYnN0cmFjdCI6IkludGVybmV0IG9mIFRoaW5ncyAoSW9UKSBpcyBhIHRlY2hub2xvZ3kgdGhhdCBjb25zaXN0cyBvZiBpbnRlcmNvbm5lY3RlZCBlbnRpdGllcyAoaW50ZWxsaWdlbnQgcGh5c2ljYWwgb2JqZWN0cywgc2VydmljZXMgYW5kIHNvZnR3YXJlIHN5c3RlbXMpIHZpYSB0aGUgSW50ZXJuZXQsIHdoaWNoIHNlcnZlIGF1dG9tYXRpY2FsbHkgYW5kIGluIGEgY29vcmRpbmF0ZWQgd2F5IGluIGRhdGEgbWFuYWdlbWVudCB0byBhY2hpZXZlIGdyZWF0ZXIgZWZmaWNpZW5jeSBhbmQgcHJvZHVjdGl2aXR5IGluIGluZHVzdHJpYWwgcHJvY2Vzc2VzIGFuZCBjb250cmlidXRlIHRvIGltcHJvdmUgdGhlIHF1YWxpdHkgb2YgcGVvcGxlIGxpZmUuIEFzIHRoZSB1c2Ugb2YgZGV2aWNlcyBncm93cywgc28gZG8gdGhlIGNoYWxsZW5nZXMgZm9yIGNyZWF0aW5nIHNlY3VyZSwgb3BlcmFibGUsIHNjYWxhYmxlIGFuZCBjb3N0LWVmZmVjdGl2ZSBJb1Qgc3lzdGVtcy4gVGhlIHNwZWNpYWxpemVkIGxpdGVyYXR1cmUgc2hvd3MgaW50ZXJlc3QgaW4gdGhlIGFwcGxpY2F0aW9uIG9mIGJlc3QgcHJhY3RpY2VzIGZvciB0aGUgY29uc3RydWN0aW9uIG9mIElvVCBzeXN0ZW1zIGFuZCBzbyBpbXByb3ZpbmcgdGhlIGNvbXBhdGliaWxpdHkgb2YgaGFyZHdhcmUgYW5kIHNvZnR3YXJlIHN5c3RlbXMsIGNvbW11bmljYXRpb24gcHJvYmxlbXMsIHNlY3VyaXR5IGFuZCBwcml2YWN5LiBUaGlzIHBhcGVyIHNlYXJjaHMgaW4gaW5kZXhlZCBqb3VybmFscyBpbiBvcmRlciB0byBpZGVudGlmeSBiZXN0IHByYWN0aWNlcyBhbmQgdGhlaXIgY3VycmVudCBjb21wb25lbnRzIHRvIGNyZWF0ZSBJb1Qgc3lzdGVtcy4gVGhlIHN0dWR5IGFwcGxpZXMgYSBzeXN0ZW1hdGljIGxpdGVyYXR1cmUgcmV2aWV3IG1ldGhvZCBpbXBsZW1lbnRlZCBpbiBzaXggcGhhc2VzIChwbGFubmluZywgcHJpbWFyeSBzZWFyY2gsIHByZWxpbWluYXJ5IHNlbGVjdGlvbiwgc2VsZWN0aW9uLCBkYXRhIGV4dHJhY3Rpb24gYW5kIGFuYWx5c2lzKSB0aGF0IGFsbG93cyBpbmZvcm1hdGlvbiB0byBiZSBleHRyYWN0ZWQgY29uc2lzdGVudGx5LiBXZSBvYnRhaW4gOTcgcGFwZXJzIGFwcGx5aW5nIHRoZSBtZXRob2QgdG8gY2Fycnkgb3V0IHRoZSBhbmFseXNpcy4gVGhlIHJlc3VsdHMgc2hvdyB0aGVyZSBhcmUgZGlmZmVyZW50IHByb3Bvc2FscyB0aGF0IHVzZSBzb21lIG1lY2hhbmlzbSBvZiBrbm93bGVkZ2UgcmVwcmVzZW50YXRpb24gZm9yIHRoZSBjcmVhdGlvbiBvciBpbXByb3ZlbWVudCBJb1Qgc3lzdGVtcy4gVGhlIHBhcGVyIGlzIGEgdGhlb3JldGljYWwgYmFzaXMgZm9yIGNyZWF0aW5nIGJldHRlciBJb1Qgc3lzdGVtcyBpbiBvcmdhbml6YXRpb25zIGFuZCByZWR1Y2luZyBjb3N0cy4iLCJpc3N1ZSI6IjEwIiwidm9sdW1lIjoiMjAifSwiaXNUZW1wb3JhcnkiOmZhbHNlfV19"/>
                 <w:id w:val="-800074531"/>
                 <w:placeholder>
                   <w:docPart w:val="B739FCFAD7E646ADB3EAA306CC3365F3"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -9437,51 +9462,51 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C29DB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-EC"/>
               </w:rPr>
               <w:t>Ayudan a modelar relaciones complejas entre variables</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07E444FA" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="07E444FA" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fZWJjYjMzMzItNzYyNC00YTNmLTk3ZWEtZmE0OTFhOWNmYTNkIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzVdIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiNWZlN2U3YjEtZGYyYS0zOGEzLWFmYjAtNTFmZjZhZDlhYjY3IiwiaXRlbURhdGEiOnsidHlwZSI6InBhcGVyLWNvbmZlcmVuY2UiLCJpZCI6IjVmZTdlN2IxLWRmMmEtMzhhMy1hZmIwLTUxZmY2YWQ5YWI2NyIsInRpdGxlIjoiQSBTeXN0ZW1hdGljIFJldmlldyBvbiBJbnRlcm5ldCBvZiBUaGluZ3MgKElvVCkgU2VjdXJpdHk6IEFwcGxpY2F0aW9ucywgQXJjaGl0ZWN0dXJlLCBDaGFsbGVuZ2VzIGFuZCBTb2x1dGlvbnMiLCJhdXRob3IiOlt7ImZhbWlseSI6IkdhbmRhIiwiZ2l2ZW4iOiJWYXN1IERldiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlJpdGlrYSIsImdpdmVuIjoiUml0aWthIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiTWVocmEiLCJnaXZlbiI6IlBhd2FuIFNpbmdoIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiQ2hhd2xhIiwiZ2l2ZW4iOiJEaWtzaGEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiIyMDI0IDFzdCBJbnRlcm5hdGlvbmFsIENvbmZlcmVuY2Ugb24gQWR2YW5jZWQgQ29tcHV0aW5nIGFuZCBFbWVyZ2luZyBUZWNobm9sb2dpZXMsIEFDRVQgMjAyNCIsIkRPSSI6IjEwLjExMDkvQUNFVDYxODk4LjIwMjQuMTA3Mjk5NTQiLCJJU0JOIjoiOTc5ODM1MDM2NzcyMCIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjRdXX0sImFic3RyYWN0IjoiSW4gcmVjZW50IHllYXJzLCB0aGUgSW50ZXJuZXQgb2YgVGhpbmdzIChJb1QpIGhhcyByYXBpZGx5IGJlY29tZSBpbmRpc3BlbnNhYmxlIGluIG91ciBkYXktdG8tZGF5IGFjdGl2aXRpZXMuIEl0IGhhcyBlbWVyZ2VkIGFzIGEgbGVhZGluZyB0ZWNobm9sb2d5IGFyb3VuZCB0aGUgd29ybGQuIFRoZSBpbXBhY3Qgb2YgSW9UIGNvbW11bmljYXRpb24gdGVjaG5vbG9neSBvbiBvdXIgZGFpbHkgbGl2ZXMgaW4gdGhlIGZ1dHVyZSBpcyBleHBlY3RlZCB0byBiZSB0cmVtZW5kb3VzLiBJb1QsIGhvd2V2ZXIsIGhhcyBudW1lcm91cyBzZWN1cml0eSBhbmQgcHJpdmFjeSBjb25jZXJucy4gVG8gZ2FpbiB0cnVzdCBvZiBtYWpvcml0eSBvZiB1c2VycyB1c2luZyBJb1QgYmFzZWQgYXBwbGljYXRpb25zIElvVCBkZXZpY2VzIHNob3VsZCBwcm92aWRlIGRhdGEgY29uZmlkZW50aWFsaXR5LCBhdXRoZW50aWNpdHksIGludGVncml0eSBhbmQgYWNjZXNzIGNvbnRyb2wuIFRoaXMgbWFrZXMgdGhlIG5lY2Vzc2FyeSBhZGp1c3RtZW50cyB0byB0aGUgY3VycmVudCBhcmNoaXRlY3R1cmUgaW1wZXJhdGl2ZS4gQXMgYSByZXN1bHQsIHdlIHRob3JvdWdobHkgcmV2aWV3ZWQgdGhlIG1haW4gc2VjdXJpdHkgY29uY2VybnMgd2l0aCBJb1QgYXBwbGljYXRpb25zIGFuZCBhcmNoaXRlY3R1cmUgaW4gdGhpcyBwYXBlci4gRnVydGhlciBpdCBjb3ZlcnMgdGhlIGNvdW50ZXJtZWFzdXJlcyBhbG9uZyB3aXRoIHVwY29taW5nIHNvbHV0aW9ucy4gRnVydGhlcm1vcmUsIGl0IGV4cGxvcmVzIHRoZSB0aHJlZS10aWVyIHN0cnVjdHVyZSBvZiBJb1QgZnJhbWV3b3JrLCBzcGVjaWZpY2FsbHkgdGhlIFBlcmNlcHRpb24sIE5ldHdvcmssIGFuZCBBcHBsaWNhdGlvbiB0aWVycywgd2hpbGUgc2hvd2Nhc2luZyB2YXJpb3VzIHJlYWwtd29ybGQgYXBwbGljYXRpb25zIG9mIElvVC4iLCJwdWJsaXNoZXIiOiJJbnN0aXR1dGUgb2YgRWxlY3RyaWNhbCBhbmQgRWxlY3Ryb25pY3MgRW5naW5lZXJzIEluYy4iLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiIifSwiaXNUZW1wb3JhcnkiOmZhbHNlfV19"/>
                 <w:id w:val="-154150186"/>
                 <w:placeholder>
                   <w:docPart w:val="B739FCFAD7E646ADB3EAA306CC3365F3"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -9701,51 +9726,51 @@
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00E63FDF">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Table \* ROMAN </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B51263">
+      <w:r w:rsidR="005333E4">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>VI</w:t>
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EAD8743" w14:textId="0C333607" w:rsidR="007C29DB" w:rsidRPr="00D010B7" w:rsidRDefault="007C29DB" w:rsidP="007C29DB">
       <w:pPr>
         <w:pStyle w:val="TableTitle"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
@@ -9945,56 +9970,65 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26E961EC" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="007C29DB" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A762C">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Redes </w:t>
+              <w:t>Redes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A762C">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A762C">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Neuronales</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007A762C">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A762C">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Profundas</w:t>
             </w:r>
@@ -10032,51 +10066,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="008E3D23">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5763F9DB" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="5763F9DB" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fZTM4NWNmYTItMGM3NC00ZWM2LWJjZjUtZjNjMjRjOGNhMmM3IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzQxXSIsIm1hbnVhbE92ZXJyaWRlVGV4dCI6IiJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6IjQxNmIxM2UzLTI1NDEtMzk4Yy1iYmM1LTk3MTU4MjY2ZTZlZSIsIml0ZW1EYXRhIjp7InR5cGUiOiJwYXBlci1jb25mZXJlbmNlIiwiaWQiOiI0MTZiMTNlMy0yNTQxLTM5OGMtYmJjNS05NzE1ODI2NmU2ZWUiLCJ0aXRsZSI6IlBvbHlnbG90IGNlcmJlck9TOiBSZXNvdXJjZSBzZWN1cml0eSwgaW50ZXJvcGVyYWJpbGl0eSBhbmQgbXVsdGktdGVuYW5jeSBmb3IgSW9UIHNlcnZpY2VzIG9uIGEgbXVsdGlsaW5ndWFsIHBsYXRmb3JtIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJBa2tlcm1hbnMiLCJnaXZlbiI6IlN2ZW4iLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJDcmlzcG8iLCJnaXZlbiI6IkJydW5vIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiSm9vc2VuIiwiZ2l2ZW4iOiJXb3V0ZXIiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJIdWdoZXMiLCJnaXZlbiI6IkRhbm55IiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiQUNNIEludGVybmF0aW9uYWwgQ29uZmVyZW5jZSBQcm9jZWVkaW5nIFNlcmllcyIsIkRPSSI6IjEwLjExNDUvMzI4Njk3OC4zMjg2OTk3IiwiSVNCTiI6Ijk3ODE0NTAzNjA5MzciLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDE4LDExLDVdXX0sInBhZ2UiOiI1OS02OCIsImFic3RyYWN0IjoiVGhlIEludGVybmV0IG9mIFRoaW5ncyAoSW9UKSBwcm9taXNlcyB0byB0YWNrbGUgYSByYW5nZSBvZiBlbnZpcm9ubWVudGFsIGNoYWxsZW5nZXMgYW5kIGRlbGl2ZXIgbGFyZ2UgZWZmaWNpZW5jeSBnYWlucyBpbiBpbmR1c3RyeSBieSBlbWJlZGRpbmcgY29tcHV0YXRpb25hbCBpbnRlbGxpZ2VuY2UsIHNlbnNpbmcgYW5kIGNvbnRyb2wgaW4gb3VyIHBoeXNpY2FsIGVudmlyb25tZW50LiBNdWx0aXBsZSBpbmRlcGVuZGVudCBwYXJ0aWVzIGFyZSBpbmNyZWFzaW5nbHkgc2Vla2luZyB0byBsZXZlcmFnZSBzaGFyZWQgSW9UIGluZnJhc3RydWN0dXJlLCB1c2luZyBhIHNpbWlsYXIgbW9kZWwgdG8gdGhlIGNsb3VkLCBhbmQgdGh1cyByZXF1aXJlIGNvbnN0cmFpbmVkIElvVCBkZXZpY2VzIHRvIGJlY29tZSBtaWNyb3NlcnZpY2UtaG9zdGluZyBwbGF0Zm9ybXMgdGhhdCBjYW4gc2VjdXJlbHkgYW5kIGNvbmN1cnJlbnRseSBleGVjdXRlIHRoZWlyIGNvZGUgYW5kIGludGVyb3BlcmF0ZS4gVGhpcyB2aXNpb24gZGVtYW5kcyB0aGF0IGhldGVyb2dlbmVvdXMgc2VydmljZXMsIHBlcmlwaGVyYWxzIGFuZCBwbGF0Zm9ybXMgYXJlIHByb3ZpZGVkIHdpdGggYW4gZXhwYW5kZWQgc2V0IG9mIHNlY3VyaXR5IGd1YXJhbnRlZXMgdG8gcHJldmVudCB0aGlyZC1wYXJ0eSBzZXJ2aWNlcyBmcm9tIGhpamFja2luZyB0aGUgcGxhdGZvcm0sIHJlc291cmNlLWxldmVsIGFjY2VzcyBjb250cm9sIGFuZCBhY2NvdW50aW5nLCBhbmQgc3Ryb25nIGlzb2xhdGlvbiBiZXR3ZWVuIHJ1bm5pbmcgcHJvY2Vzc2VzIHRvIHByZXZlbnQgdW5hdXRob3JpemVkIGFjY2VzcyB0byB0aGlyZC1wYXJ0eSBzZXJ2aWNlcyBhbmQgZGF0YS4gVGhpcyBwYXBlciBpbnRyb2R1Y2VzIFBvbHlnbG90IENlcmJlck9TLCBhIHJlc291cmNlLXNlY3VyZSBvcGVyYXRpbmcgc3lzdGVtIGZvciBtdWx0aS10ZW5hbnQgSW9UIGRldmljZXMgdGhhdCBpcyByZWFsaXNlZCB0aHJvdWdoIGEgcmVjb25maWd1cmFibGUgdmlydHVhbCBtYWNoaW5lIHdoaWNoIGNhbiBzaW11bHRhbmVvdXNseSBleGVjdXRlIGludGVyb3BlcmFibGUgc2VydmljZXMsIHdyaXR0ZW4gaW4gZGlmZmVyZW50IGxhbmd1YWdlcy4gV2UgZXZhbHVhdGUgUG9seWdsb3QgQ2VyYmVyT1Mgb24gSUVURiBDbGFzcy0xIGRldmljZXMgcnVubmluZyBib3RoIEphdmEgYW5kIEMgc2VydmljZXMuIFRoZSByZXN1bHRzIHNob3cgdGhhdCBpbnRlcm9wZXJhYmlsaXR5IGFuZCBzdHJvbmcgc2VjdXJpdHkgZ3VhcmFudGVlcyBmb3IgbXVsdGlsaW5ndWFsIHNlcnZpY2VzIG9uIG11bHRpLXRlbmFudCBjb21tb2RpdHkgSW9UIGRldmljZXMgYXJlIGZlYXNpYmxlLCBpbiB0ZXJtcyBvZiBwZXJmb3JtYW5jZSBhbmQgbWVtb3J5IG92ZXJoZWFkLCBhbmQgdHJhbnNwYXJlbnQgZm9yIGRldmVsb3BlcnMuIiwicHVibGlzaGVyIjoiQXNzb2NpYXRpb24gZm9yIENvbXB1dGluZyBNYWNoaW5lcnkiLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiIifSwiaXNUZW1wb3JhcnkiOmZhbHNlfV19"/>
                 <w:id w:val="-633177249"/>
                 <w:placeholder>
                   <w:docPart w:val="BBDBC638DFA74EF8B452A9D0FD9E8C83"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -10427,51 +10461,51 @@
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E3D23">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>96%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="420CF1E1" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="420CF1E1" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fNGU5ZWRmZmItNTQwMy00YWZlLThlNGMtMTEzMTk0M2FhYTM2IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzM3XSIsIm1hbnVhbE92ZXJyaWRlVGV4dCI6IiJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6ImFmOWZkYjRjLTY3ZjQtM2I4Yi1hZjJmLTA4ZjY0YTg1ZDFjYyIsIml0ZW1EYXRhIjp7InR5cGUiOiJwYXBlci1jb25mZXJlbmNlIiwiaWQiOiJhZjlmZGI0Yy02N2Y0LTNiOGItYWYyZi0wOGY2NGE4NWQxY2MiLCJ0aXRsZSI6IkRldGVybWluaW5nIGZhY3RvcnMgdGhhdCBhZmZlY3Qgc3R1ZGVudCBwZXJmb3JtYW5jZSB1c2luZyB2YXJpb3VzIG1hY2hpbmUgbGVhcm5pbmcgbWV0aG9kcyIsImF1dGhvciI6W3siZmFtaWx5IjoiQmVja2hhbSIsImdpdmVuIjoiTmljaG9sYXMgUm9iZXJ0IiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiQWtlaCIsImdpdmVuIjoiTGltYXMgSmF5YSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6Ik1pdGFhcnQiLCJnaXZlbiI6Ikdpb2RpbyBOYXRoYW5hZWwgUHJhdGFtYSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6Ik1vbmlhZ2EiLCJnaXZlbiI6Ikp1cmlrZSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiJWLiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiUHJvY2VkaWEgQ29tcHV0ZXIgU2NpZW5jZSIsIkRPSSI6IjEwLjEwMTYvai5wcm9jcy4yMDIyLjEyLjE3NCIsIklTU04iOiIxODc3MDUwOSIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjJdXX0sInBhZ2UiOiI1OTctNjAzIiwiYWJzdHJhY3QiOiJTdHVkZW50cyBmYWNlIHByb2JsZW1zIHRoYXQgbWlnaHQgaGluZGVyIHRoZWlyIGFjYWRlbWljIHB1cnN1aXQgdG93YXJkIHN1Y2Nlc3MsIHByb2JsZW1zIHJhbmdpbmcgZnJvbSB0cml2aWFsIG1hdHRlcnMgc3VjaCBhcyBjbGFzcyBjb25kaXRpb24sIGZlZWxpbmcgb2YgdGhlIHN0dWRlbnQgdG8gc2V2ZXJlIG1hdHRlcnMgc3VjaCBhcyBmYW1pbHkgYnJlYWtkb3duLCBlY29ub21pYyByZWFzb25zLCBhbmQgbWFueSBtb3JlLiBUaGlzIGlzIGEgbWFqb3IgcHJvYmxlbSBiZWNhdXNlIHN0dWRlbnRzIHNoYXBlIHRoZSBmdXR1cmUgb2YgYSBuYXRpb24gLSB3aGljaCB3aWxsIGFmZmVjdCBtYW55IHRoaW5ncyBpbiB0aGUgZnV0dXJlLiBUZWFjaGVycyBhcmUgbG9va2luZyBmb3IgYW4gZWZmZWN0aXZlIHdheSB0byBmaW5kIHdoYXQgbWlnaHQgZ2VuZXJhbGx5IGJlIHRoZSBiZXN0IHNvbHV0aW9uIGZvciBzb2x2aW5nIGNlcnRhaW4gcHJvYmxlbXMsIGFzIGVhY2ggc3R1ZGVudCBtYXkgZmFjZSBkaWZmZXJlbnQgcHJvYmxlbXMsIHNvbHZpbmcgb25lIGF0IGEgdGltZSBpcyBub3QgcG9zc2libGUgd2l0aCB0aGUgbnVtYmVyIG9mIHN0dWRlbnRzIGVhY2ggeWVhci4gSW4gdGhpcyBwYXBlciwgd2Ugd2lsbCB0cnkgdG8gZmluZCBmYWN0b3JzIHRoYXQgbWlnaHQgaGluZGVyIG9yIGltcHJvdmUgc3R1ZGVudCBwZXJmb3JtYW5jZSB1c2luZyBQZWFyc29uIGNvcnJlbGF0aW9uIGJldHdlZW4gZWFjaCBmZWF0dXJlIHRvd2FyZCB0aGUgc3R1ZGVudCBHMyByZXN1bHQuIEJhc2VkIG9uIHRoZSByZXN1bHQsIHBhc3QgZmFpbHVyZXMgd2lsbCBuZWdhdGl2ZWx5IGltcGFjdCBzdHVkZW50IGdyYWRlcyB3aXRoIC0wLjM2MDQxNSBjb3JyZWxhdGlvbiwgYW5kIHRoZW4gTW90aGVyJ3MgRWR1Y2F0aW9uIHdpbGwgcG9zaXRpdmVseSBpbXBhY3Qgc3R1ZGVudCBncmFkZXMgd2l0aCAwLjIxNzE0Ny4gQWZ0ZXIgZmluZGluZyBvdXQgd2hpY2ggZmFjdG9yIGFmZmVjdHMgc3R1ZGVudCBncmFkZSwgd2UgdHJ5IHRvIHByZWRpY3Qgc3R1ZGVudCBncmFkZSB1c2luZyBNTCBtb2RlbHMgdG8gcHJvdmUgd2hldGhlciB0aGF0IGZhY3RvciBhY3R1YWxseSBhZmZlY3RzIHN0dWRlbnQgZ3JhZGUuIE91ciBNTFAgMTItTmV1cm9uIG1vZGVsIHBlcmZvcm1zIHRoZSBiZXN0IHdpdGggUk1TRSB2YWx1ZSBvZiA0LjMyLCBmb2xsb3dlZCBieSBSYW5kb20gRm9yZXN0IHdpdGggUk1TRSB2YWx1ZSBvZiA0LjUyLCBhbmQgZmluYWxseSBEZWNpc2lvbiBUcmVlIHdpdGggUk1TRSB2YWx1ZSBvZiA1LjY5LiIsInB1Ymxpc2hlciI6IkVsc2V2aWVyIEIuVi4iLCJ2b2x1bWUiOiIyMTYiLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiJQcm9jZWRpYSBDb21wdXQgU2NpIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
                 <w:id w:val="186251220"/>
                 <w:placeholder>
                   <w:docPart w:val="BBDBC638DFA74EF8B452A9D0FD9E8C83"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -10604,51 +10638,67 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="281CF862" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="007C29DB" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A762C">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Aprendizaje</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007A762C">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> por </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A762C">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>por</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A762C">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A762C">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Refuerzo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A717E25" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="008E3D23" w:rsidRDefault="007C29DB" w:rsidP="007C29DB">
             <w:pPr>
@@ -10792,51 +10842,51 @@
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E3D23">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>95%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="768C3B1A" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="768C3B1A" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fMmMzZWE1ODMtY2E4OC00NDgxLTk5NzYtMzNkMDBlODBkZjJjIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzRdIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiNTIyMzVkODMtMjljMC0zN2Q2LWIyZTUtZGU5MDIzZmNjMzE4IiwiaXRlbURhdGEiOnsidHlwZSI6InBhcGVyLWNvbmZlcmVuY2UiLCJpZCI6IjUyMjM1ZDgzLTI5YzAtMzdkNi1iMmU1LWRlOTAyM2ZjYzMxOCIsInRpdGxlIjoiQSBzZWN1cmUgc21hcnQgaG9tZSB1c2luZyBJbnRlcm5ldC1vZi1UaGluZ3MiLCJhdXRob3IiOlt7ImZhbWlseSI6IklicmFoaW0iLCJnaXZlbiI6IkphYmlyIE11aGFtbWFkIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiS2FyYW1pIiwiZ2l2ZW4iOiJBbWluIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiSmFmYXJpIiwiZ2l2ZW4iOiJGYWhpbWVoIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiQUNNIEludGVybmF0aW9uYWwgQ29uZmVyZW5jZSBQcm9jZWVkaW5nIFNlcmllcyIsIkRPSSI6IjEwLjExNDUvMzE0OTU3Mi4zMTQ5NTc3IiwiSVNCTiI6Ijk3ODE0NTAzNTMzNzMiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDE3LDEwLDldXX0sInBhZ2UiOiI2OS03NCIsImFic3RyYWN0IjoiSW50ZXJuZXQtb2YtVGhpbmdzIChJb1QpIGhhcyByZWNlbnRseSBiZWVuIHRoZSBiaWdnZXN0IGlubm92YXRpb24sIHdoaWNoIHByb21pc2VzIHRvIGVuaGFuY2Ugb3VyIGRhaWx5IGxpZmUgYW5kIGFjdGl2aXRpZXMgdGhyb3VnaCBpbnRlbGxpZ2VudCBzZW5zb3JzIGFuZCBzbWFydCBkZXZpY2VzIHdvcmtpbmcgdG9nZXRoZXIuIFdpdGggSW50ZXJuZXQgcHJvdG9jb2wgY29ubmVjdGl2aXR5LCB0aGVzZSBkZXZpY2VzIGNhbiBiZSBjb25uZWN0ZWQgdG8gdGhlIEludGVybmV0IHdoaWNoIGFsbG93IHVzZXJzIHRvIGNvbnRyb2wsIHJlYWQgYW5kIG1hbmFnZSB0aGVtIGZyb20gYW55d2hlcmUgYXQgYW55IGdpdmVuIHRpbWUuIEFzIHNlY3VyaXR5IGlzIG9uZSBvZiB0aGUgbWFpbiBjb25jZXJucyBpbiBJb1QsIHRoaXMgd29yayBwcm9wb3NlcyBhbmQgaW1wbGVtZW50cyBhIHNlY3VyZSBJb1QgZnJhbWV3b3JrIHVzaW5nIFRMUy9TU0wgcHJvdG9jb2wuIFRvIGRldmVsb3AgdGhlIHByb3Bvc2VkIGZyYW1ld29yaywgd2UgaGF2ZSBwcm9ncmFtbWVkIHRoZSBzZW5zb3JzIHRocm91Z2ggQXJkdWlubyBib2FyZCBhbmQgdXBsb2FkZWQgdGhlIHNlbnNvcnkgZGF0YSBpbnRvIHRoZSBjbG91ZCBzdG9yYWdlIGZvciBhY2Nlc3NpbmcgdG8gdGhlIGNvbm5lY3RlZCBkZXZpY2VzIGluIGEgc21hcnQgaG9tZS4gVGhlIGV4cGVyaW1lbnRhbCByZXN1bHRzIHNob3cgdGhlIG91dGNvbWUgb2YgdGhlIG9ubGluZSBtb25pdG9yaW5nIGFuZCBhbmFseXNpcyBvZiBzZW5zb3J5IGRhdGEgcmVtb3RlbHkgc3RvcmVkIGluIHRoZSBjbG91ZC4iLCJwdWJsaXNoZXIiOiJBc3NvY2lhdGlvbiBmb3IgQ29tcHV0aW5nIE1hY2hpbmVyeSIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0="/>
                 <w:id w:val="27687065"/>
                 <w:placeholder>
                   <w:docPart w:val="BBDBC638DFA74EF8B452A9D0FD9E8C83"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -11012,51 +11062,51 @@
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E3D23">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>90%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F828B9E" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="1F828B9E" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fMTYzODMzNmUtNDgwYy00MmMwLWE1M2EtMTI4MDFlODAxNmFiIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzMzXSIsIm1hbnVhbE92ZXJyaWRlVGV4dCI6IiJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6IjYwNDYyYzZkLWIzNTctMzdmNC05N2QyLTgxMWI5Y2JmOTcxYiIsIml0ZW1EYXRhIjp7InR5cGUiOiJyZXBvcnQiLCJpZCI6IjYwNDYyYzZkLWIzNTctMzdmNC05N2QyLTgxMWI5Y2JmOTcxYiIsInRpdGxlIjoiQklNLCBtYWNoaW5lIGxlYXJuaW5nIGFuZCBjb21wdXRlciB2aXNpb24gdGVjaG5pcXVlcyBpbiB1bmRlcmdyb3VuZCBjb25zdHJ1Y3Rpb246IGN1cnJlbnQgc3RhdHVzIGFuZCBmdXR1cmUgcGVyc3BlY3RpdmVzIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJIdWFuZyIsImdpdmVuIjoiTSBRIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiTmluacSHIiwiZ2l2ZW4iOiJKIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiWmhhbmciLCJnaXZlbiI6IlEgQiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sIkRPSSI6IjEwLjEwMTYvai50dXN0LjIwMjAuMTAzNjc3IiwiYWJzdHJhY3QiOiI4IFRlbGVwaG9uZSBhbmQgZmF4IG51bWJlcjogKzYxIDMgOTkwIDU0Mzg1IDkgQWRkcmVzczogQWJzdHJhY3QgMTEgVGhlIGFyY2hpdGVjdHVyZSwgZW5naW5lZXJpbmcgYW5kIGNvbnN0cnVjdGlvbiAoQUVDKSBpbmR1c3RyeSBpcyBleHBlcmllbmNpbmcgYSB0ZWNobm9sb2dpY2FsIHJldm9sdXRpb24gMTIgZHJpdmVuIGJ5IGJvb21pbmcgZGlnaXRpc2F0aW9uIGFuZCBhdXRvbWF0aW9uLiBBZHZhbmNlcyBpbiByZXNlYXJjaCBmaWVsZHMgb2YgaW5mb3JtYXRpb24gdGVjaG5vbG9neSBhbmQgMTMgY29tcHV0ZXIgc2NpZW5jZSwgc3VjaCBhcyBidWlsZGluZyBpbmZvcm1hdGlvbiBtb2RlbGxpbmcgKEJJTSksIG1hY2hpbmUgbGVhcm5pbmcgYW5kIGNvbXB1dGVyIHZpc2lvbiBoYXZlIDE0IGF0dHJhY3RlZCBncm93aW5nIGF0dGVudGlvbiBvd2luZyB0byB0aGVpciB1c2VmdWwgYXBwbGljYXRpb25zLiBBdCB0aGUgc2FtZSB0aW1lLCBwb3B1bGF0aW9uLWRyaXZlbiB1bmRlcmdyb3VuZCAxNSBkZXZlbG9wbWVudCBoYXMgYmVlbiBhY2NlbGVyYXRlZCB3aXRoIGRpZ2l0YWwgdHJhbnNmb3JtYXRpb24gYXMgYSBzdHJhdGVnaWMgaW1wZXJhdGl2ZS4gVXJiYW4gdW5kZXJncm91bmQgMTYgaW5mcmFzdHJ1Y3R1cmVzIGFyZSB2YWx1YWJsZSBhc3NldHMgYW5kIHRodXMgZGVtYW5kaW5nIGVmZmVjdGl2ZSBwbGFubmluZywgY29uc3RydWN0aW9uIGFuZCBtYWludGVuYW5jZS4gV2hpbGUgMTcgZW5hYmxpbmcgZ3JlYXRlciB2aXNpYmlsaXR5IGFuZCByZWxpYWJpbGl0eSBpbnRvIHRoZSBwcm9jZXNzZXMgYW5kIHN1YnN5c3RlbXMgb2YgdW5kZXJncm91bmQgY29uc3RydWN0aW9uLCAxOCBhcHBsaWNhdGlvbnMgb2YgQklNLCBtYWNoaW5lIGxlYXJuaW5nIGFuZCBjb21wdXRlciB2aXNpb24gaW4gdW5kZXJncm91bmQgY29uc3RydWN0aW9uIHJlcHJlc2VudCBkaWZmZXJlbnQgc2V0cyAxOSBvZiBvcHBvcnR1bml0aWVzIGFuZCBjaGFsbGVuZ2VzIGZyb20gdGhlaXIgdXNlIGluIGFib3ZlLWdyb3VuZCBjb25zdHJ1Y3Rpb24uIFRoZXJlZm9yZSwgdGhpcyBwYXBlciBhaW1zIHRvIDIwIHByZXNlbnQgdGhlIHN0YXRlLW9mLXRoZS1hcnQgZGV2ZWxvcG1lbnQgYW5kIGZ1dHVyZSB0cmVuZHMgb2YgQklNLCBtYWNoaW5lIGxlYXJuaW5nLCBjb21wdXRlciB2aXNpb24gYW5kIHRoZWlyIDIxIHJlbGF0ZWQgdGVjaG5vbG9naWVzIGluIGZhY2lsaXRhdGluZyB0aGUgZGlnaXRhbCB0cmFuc2l0aW9uIG9mIHR1bm5lbGxpbmcgYW5kIHVuZGVyZ3JvdW5kIGNvbnN0cnVjdGlvbi4gU2VjdGlvbiAxIDIyIHByZXNlbnRzIHRoZSBnbG9iYWwgZGVtYW5kIGZvciBhZG9wdGluZyB0aGVzZSB0ZWNobm9sb2dpZXMuIFNlY3Rpb24gMiBpbnRyb2R1Y2VzIHRoZSByZWxhdGVkIHRlcm1pbm9sb2dpZXMsIDIzIHN0YW5kYXJkaXNhdGlvbnMgYW5kIGZ1bmRhbWVudGFscy4gU2VjdGlvbiAzIHJldmlld3MgQklNIGluIHRyYWRpdGlvbmFsIGFuZCBtZWNoYW5pc2VkIHR1bm5lbGxpbmcgYW5kIDI0IGhpZ2hsaWdodHMgdGhlIGltcG9ydGFuY2Ugb2YgaW50ZWdyYXRpbmcgM0QgZ2VvbG9naWNhbCBtb2RlbGxpbmcgYW5kIGdlb2dyYXBoaWMgaW5mb3JtYXRpb24gc3lzdGVtIChHSVMpIDI1IGRhdGFiYXNlcyB3aXRoIEJJTS4gU2VjdGlvbiA0IGV4YW1pbmVzIHRoZSBrZXkgYXBwbGljYXRpb25zIG9mIG1hY2hpbmUgbGVhcm5pbmcgYW5kIGNvbXB1dGVyIHZpc2lvbiBhdCAyNiBkaWZmZXJlbnQgc3RhZ2VzIG9mIHVuZGVyZ3JvdW5kIGNvbnN0cnVjdGlvbi4gU2VjdGlvbiA1IGRpc2N1c3NlcyB0aGUgY2hhbGxlbmdlcyBhbmQgcGVyc3BlY3RpdmVzIG9mIGV4aXN0aW5nIDI3IHJlc2VhcmNoIG9uIGxldmVyYWdpbmcgdGhlc2UgZW1lcmdpbmcgdGVjaG5vbG9naWVzIGZvciBlc2NhbGF0aW5nIGRpZ2l0aXNhdGlvbiwgYXV0b21hdGlvbiBhbmQgaW5mb3JtYXRpb24gMjggaW50ZWdyYXRpb24gdGhyb3VnaG91dCB1bmRlcmdyb3VuZCBwcm9qZWN0IGxpZmVjeWNsZS4gU2VjdGlvbiA2IHN1bW1hcmlzZXMgdGhlIGN1cnJlbnQgc3RhdGUgb2YgZGV2ZWxvcG1lbnQsIDI5IGlkZW50aWZpZWQgZ2FwcyBhbmQgZnV0dXJlIGRpcmVjdGlvbnMuIDMwIEtleXdvcmRzOiBCdWlsZGluZyBpbmZvcm1hdGlvbiBtb2RlbGxpbmc7IGNvbXB1dGVyIHZpc2lvbjsgbWFjaGluZSBsZWFybmluZzsgdHVubmVsbGluZzsgdW5kZXJncm91bmQgMzEgY29uc3RydWN0aW9uIDMyIDIiLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiIifSwiaXNUZW1wb3JhcnkiOmZhbHNlfV19"/>
                 <w:id w:val="1491601666"/>
                 <w:placeholder>
                   <w:docPart w:val="BBDBC638DFA74EF8B452A9D0FD9E8C83"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -11244,51 +11294,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="008E3D23">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DFF97B9" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="004308C5" w:rsidP="007C29DB">
+          <w:p w14:paraId="0DFF97B9" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007A762C" w:rsidRDefault="00214737" w:rsidP="007C29DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fNjVkYTIwNjgtMWQzZS00ZDI4LWJmNTMtOGY5YWU3OWVjZmVmIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiWzZdIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiYzA1MWI1ZTctODZlNy0zMzMzLWJhNmQtNDZmMTQ2YTljMjExIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiYzA1MWI1ZTctODZlNy0zMzMzLWJhNmQtNDZmMTQ2YTljMjExIiwidGl0bGUiOiJBIGZ1enp5IEludGVycHJldGl2ZSBTdHJ1Y3R1cmFsIE1vZGVsaW5nIGFwcHJvYWNoIGZvciBpbXBsZW1lbnRpbmcgSW9UIGFuZCBhY2hpZXZpbmcgdGhlIFVuaXRlZCBOYXRpb25zIFN1c3RhaW5hYmxlIERldmVsb3BtZW50IEdvYWxzIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJIYXN0ZWVyIiwiZ2l2ZW4iOiJOaXRhc2hhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiU2luZGh3YW5pIiwiZ2l2ZW4iOiJSYWh1bCIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlNoYXJtYSIsImdpdmVuIjoiUmlzaGlrYSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlNpbmdoIiwiZ2l2ZW4iOiJQdW5qIExhdGEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJEZWNpc2lvbiBBbmFseXRpY3MgSm91cm5hbCIsIkRPSSI6IjEwLjEwMTYvai5kYWpvdXIuMjAyMy4xMDAzMTMiLCJJU1NOIjoiMjc3MjY2MjIiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDIzLDksMV1dfSwiYWJzdHJhY3QiOiJUaGUgZ3Jvd2luZyBkZW1hbmQgZm9yIGRhdGEtZHJpdmVuIGRlY2lzaW9uLW1ha2luZyBhbmQgdGhlIGVtZXJnZW5jZSBvZiBuZXcgYnVzaW5lc3MgbW9kZWxzIGhhcyBsZWQgdG8gYSByaXNlIGluIGRpZ2l0YWwgdGVjaG5vbG9naWVzLiBBcyBhIHJlc3VsdCwgYnVzaW5lc3NlcyBoYXZlIGJlY29tZSBtb3JlIGF3YXJlIG9mIHRoZSBpbXBhY3Qgb2YgdGhlaXIgYWN0aXZpdGllcyBvbiB0aGUgZW52aXJvbm1lbnQsIGluY2x1ZGluZyB0aGUgcHJvZHVjdGlvbiBvZiBkaWdpdGFsIHRlY2hub2xvZ2llcy4gU3VzdGFpbmFiaWxpdHkgaGFzIGJlY29tZSBhIHNpZ25pZmljYW50IGNvbmNlcm4gZm9yIGJ1c2luZXNzZXMgd29ybGR3aWRlLCBwdXNoaW5nIHRoZW0gdG8gZXhwbG9yZSB3YXlzIHRvIGludGVncmF0ZSBzdXN0YWluYWJsZSBwcmFjdGljZXMgaW50byB0aGVpciBvcGVyYXRpb25zIGFuZCBhZGRyZXNzIHRoaXMgaXNzdWUuIERpZ2l0aXphdGlvbiBoYXMgZW1lcmdlZCBhcyBhbiBlc3NlbnRpYWwgdG9vbCwgd2l0aCB0aGUgSW50ZXJuZXQgb2YgVGhpbmdzIChJb1QpIHRlY2hub2xvZ3kgbGVhZGluZyB0aGUgd2F5LiBPcmdhbml6YXRpb25zIGNhbiBpbXByb3ZlIGRlY2lzaW9uLW1ha2luZyBhbmQgZW5oYW5jZSBvcGVyYXRpb25hbCBlZmZpY2llbmN5IHdpdGggSW9ULCBidXQgYWxpZ25pbmcgaXRzIGltcGxlbWVudGF0aW9uIHdpdGggdGhlIFVuaXRlZCBOYXRpb25z4oCZIFN1c3RhaW5hYmxlIERldmVsb3BtZW50IEdvYWxzIGlzIGVzc2VudGlhbC4gQ29uY2VwdHMgbGlrZSBJbmR1c3RyeSA0LjAgYW5kIENpcmN1bGFyIEVjb25vbXkgcHJpbmNpcGxlcyBoYXZlIGVtZXJnZWQgdG8gY3JlYXRlIHN1c3RhaW5hYmxlIGJ1c2luZXNzIG1vZGVscywgYnV0IHRoZWlyIGltcGxlbWVudGF0aW9uIGZhY2VzIHZhcmlvdXMgY2hhbGxlbmdlcy4gQnVzaW5lc3NlcyBtdXN0IGFkb3B0IGFuYWx5dGljYWwgbWV0aG9kcyBhbmQgdG9vbHMgdG8gc3VwcG9ydCBzdHJhdGVnaWMgcGxhbm5pbmcuIFRoaXMgc3R1ZHkgYXBwbGllcyB0aGUgUHJlZmVycmVkIFJlcG9ydGluZyBJdGVtcyBmb3IgU3lzdGVtYXRpYyBSZXZpZXdzIGFuZCBNZXRhLUFuYWx5c2lzIChQUklTTUEpIG1ldGhvZCB0byBpZGVudGlmeSB0d2VsdmUga2V5IGNoYWxsZW5nZXMgYnVzaW5lc3NlcyBmYWNlIGluIHRoaXMgSW9UIGFkb3B0aW9uLiBBIHN1cnZleSB3YXMgdXNlZCBmb3IgZ2F0aGVyaW5nIGV4cGVydCBvcGluaW9uIGZyb20gaW5kdXN0cnkgc3BlY2lhbGlzdHMgd29ya2luZyBpbiB0aGUgZmllbGQgb2YgSW9UIGZvciBjb25kdWN0aW5nIGFkdmFuY2VkIGFuYWx5dGljYWwgdGVjaG5pcXVlcyBsaWtlIEZ1enp5IEludGVycHJldGl2ZSBTdHJ1Y3R1cmFsIE1vZGVsaW5nIChGLUlTTSkgYW5kIE1hdHJpY2UgZCdJbXBhY3RzIENyb2lzw6lzIE11bHRpcGxpY2F0aW9uIEFwcGxpcXXDqXMgw6AgdW4gQ2xhc3NlbWVudCAoTUlDTUFDKSB0byBoaWdobGlnaHQgdGhlIG1vc3QgY3JpdGljYWwgY2hhbGxlbmdlcywgaW5jbHVkaW5nIGxvc3Mgb2YgdmFsdWUgYXBwcm9wcmlhdGlvbiwgTG93IGluY2VudGl2ZSB0byBjaGFuZ2UsIExlc3MgYWRvcHRpb24gb2Ygc3VzdGFpbmFibGUgcHJhY3RpY2VzIGFuZCBMYWNrIG9mIGludGVyb3BlcmFiaWxpdHkuIFdoaWxlIElvVCBob2xkcyBncmVhdCBwcm9taXNlIGZvciBzdXBwb3J0aW5nIHN1c3RhaW5hYmxlIGRldmVsb3BtZW50LCB0aGUgcmVzdWx0IGhpZ2hsaWdodHMgdGhlIHVyZ2VudCBuZWVkIGZvciBzdGFrZWhvbGRlciBjb2xsYWJvcmF0aW9uIHRvIG92ZXJjb21lIHRoZXNlIGNoYWxsZW5nZXMgYW5kIHVubG9jayBpdHMgZnVsbCBwb3RlbnRpYWwuIFRoZSBmaW5kaW5ncyBvZiB0aGlzIHN0dWR5IGJlbmVmaXQgb3JnYW5pemF0aW9ucyBoZWF2aWx5IGRlcGVuZGVudCBvbiBkaWdpdGFsIHNlcnZpY2VzIGxpa2UgSW9UIGJ5IHByb3ZpZGluZyB0aGVtIHdpdGggYSBjb21wcmVoZW5zaXZlIGZyYW1ld29yayBmb3IgZWZmZWN0aXZlbHkgaW1wbGVtZW50aW5nIElvVCB0b3dhcmRzIHN1c3RhaW5hYmxlIGRldmVsb3BtZW50LiIsInB1Ymxpc2hlciI6IkVsc2V2aWVyIEluYy4iLCJ2b2x1bWUiOiI4IiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
                 <w:id w:val="-402370231"/>
                 <w:placeholder>
                   <w:docPart w:val="BBDBC638DFA74EF8B452A9D0FD9E8C83"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C29DB" w:rsidRPr="007A546F">
                   <w:rPr>
                     <w:color w:val="000000"/>
@@ -11500,51 +11550,51 @@
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00E63FDF">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Table \* ROMAN </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B51263">
+      <w:r w:rsidR="005333E4">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>VII</w:t>
       </w:r>
       <w:r w:rsidRPr="00196BAE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="03CE014F" w14:textId="60575B03" w:rsidR="007C29DB" w:rsidRPr="00D010B7" w:rsidRDefault="007C29DB" w:rsidP="007C29DB">
       <w:pPr>
         <w:pStyle w:val="TableTitle"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
@@ -13595,50 +13645,51 @@
       </w:r>
       <w:r w:rsidRPr="007C29DB">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>7% para DNN y 96% para SVM.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44FBDDE9" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="007C29DB" w:rsidRDefault="007C29DB" w:rsidP="007C29DB">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C29DB">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve">El predominio de las DNN y las SVM coincide con la precisión reportada en los estudios. Estas dos técnicas son ampliamente utilizadas en trabajos que incluyen IA, lo que </w:t>
       </w:r>
       <w:r w:rsidRPr="007C29DB">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>explicaría la preferencia de los investigadores en su uso.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D7CFF67" w14:textId="7221DABB" w:rsidR="007C29DB" w:rsidRPr="007C29DB" w:rsidRDefault="007C29DB" w:rsidP="007C29DB">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C29DB">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve">Por otro lado, a pesar de ser la técnica más encontrada, la fusión de datos multisensoriales presentó la menor precisión reportada en los estudios, aunque sigue estando en el 90%. Esto implica que aún puede mejorarse la precisión de esta técnica en aplicaciones de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C29DB">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>IoT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C29DB">
@@ -14216,50 +14267,51 @@
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
         <w:t>N. Hasteer, R. Sindhwani, R. Sharma, and P. L. Singh, “A fuzzy Interpretive Structural Modeling approach for implementing IoT and achieving the United Nations Sustainable Development Goals,” Decision Analytics Journal, vol. 8, Sep. 2023, doi: 10.1016/j.dajour.2023.100313.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3693CA5E" w14:textId="094F3D6F" w:rsidR="00B51263" w:rsidRPr="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B51263">
         <w:rPr>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>I. Francisco Javier Flores Zermeño, E. Gonzalo Cossio Franco, and F. Javier Flores, “Aplicaciones, Enfoques y Tendencias del Internet de las Cosas (IoT): Revisión Sistemática de la Literatura,” Congreso Internacional de Investigación Academia Journals Hidalgo, vol. 13, no. 9, p. 568, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EC74194" w14:textId="51E85FFB" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>S. P. H. Boroujeni et al., “A comprehensive survey of research towards AI-enabled unmanned aerial systems in pre-, active-, and post-wildfire management,” Information Fusion, vol. 108, Aug. 2024, doi: 10.1016/j.inffus.2024.102369.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D2BA4E8" w14:textId="4ED8DB86" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
         <w:t>M. Simon, D. L. Iveta, L. Huraj, and J. Pospichal, “Multi-Hub Location Heuristic for Alert Routing,” IEEE Access, vol. 7, pp. 40369–40379, 2019, doi: 10.1109/ACCESS.2019.2907161.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E621F77" w14:textId="6FC7705E" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
         <w:t>H. H. Xiao, W. K. Yang, J. Hu, Y. P. Zhang, L. J. Jing, and Z. Y. Chen, “Significance and methodology: Preprocessing the big data for machine learning on TBM performance,” Underground Space (China), vol. 7, no. 4, pp. 680–701, Aug. 2022, doi: 10.1016/j.undsp.2021.12.003.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="055DE124" w14:textId="2F20F94C" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
         <w:t>A. Telukdarie, M. Munsamy, T. Katsumbe, and X. Maphisa, “Smart value chain tool advancing sustainability in the FoodBev manufacturing industry,” J Clean Prod, vol. 441, Feb. 2024, doi: 10.1016/j.jclepro.2024.140871.</w:t>
@@ -14474,91 +14526,97 @@
     </w:p>
     <w:p w14:paraId="72D05F79" w14:textId="4D4D5CFF" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
         <w:t>N. R. Beckham, L. J. Akeh, G. N. P. Mitaart, and J. V. Moniaga, “Determining factors that affect student performance using various machine learning methods,” in Procedia Computer Science, Elsevier B.V., 2022, pp. 597–603. doi: 10.1016/j.procs.2022.12.174.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EEB8FCE" w14:textId="38EC5224" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
         <w:t>E. Anastasiou et al., “Precision farming technologies for crop protection: A meta-analysis,” Smart Agricultural Technology, vol. 5, Oct. 2023, doi: 10.1016/j.atech.2023.100323.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DF8AC6C" w14:textId="15D00737" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
         <w:t>R. Jolak et al., “CONSERVE: A framework for the selection of techniques for monitoring containers security,” Journal of Systems and Software, vol. 186, Apr. 2022, doi: 10.1016/j.jss.2021.111158.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77FB9C39" w14:textId="10E811A9" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
+    <w:p w14:paraId="77FB9C39" w14:textId="309F71C7" w:rsidR="00B51263" w:rsidRDefault="003119D5" w:rsidP="003119D5">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
-      <w:r>
-        <w:t>I. Latin and A. Transactions, “IoT Best Practices and their Components: A Systematic Literature Review,” IEEE Latin America Transactions, vol. 20, no. 10, pp. 2217–2228, 2022, doi: 10.1109/TLA.2022.9885169.</w:t>
+      <w:r w:rsidRPr="003119D5">
+        <w:t>C. M. Medina Otalvaro, J. C. Blandón Andrade, C. M. Zapata-Jaramillo, y J. I. RiosPatiño,  “IoT Best Practices and their Components: A Systematic Literature Review”,  IEEE Latin America Transactions, vol. 20, n.o 10, pp. 2217-2228, 2022, doi: 10.1109/TLA.2022.9885169</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51263">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AA5339E" w14:textId="7E55DB99" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
-        <w:t>S. Akkermans, B. Crispo, W. Joosen, and D. Hughes, “Polyglot cerberOS: Resource security, interoperability and multi-tenancy for IoT services on a multilingual platform,” in ACM International Conference Proceeding Series, Association for Computing Machinery, Nov. 2018, pp. 59–68. doi: 10.1145/3286978.3286997.</w:t>
+        <w:t>S. Akkermans, B. Crispo, W. Joosen, and D. Hughes, “Polyglot cerberOS: Resource security, interoperability and multi-tenancy for IoT services on a multilingual platform,” in ACM International Conference Proceeding Series, Association for Computing Machinery, Nov</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>. 2018, pp. 59–68. doi: 10.1145/3286978.3286997.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EB9E014" w14:textId="6F026FC0" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
         <w:t>A. Kumar, “A novel framework for waste management in smart city transformation with industry 4.0 technologies,” Research in Globalization, vol. 9, Dec. 2024, doi: 10.1016/j.resglo.2024.100234.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BD65B7F" w14:textId="7AED93CA" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
         <w:t>P. Arcaini et al., “Smart home platform supporting decentralized adaptive automation control,” in Proceedings of the ACM Symposium on Applied Computing, Association for Computing Machinery, Mar. 2020, pp. 1893–1900. doi: 10.1145/3341105.3373925.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2980F71F" w14:textId="4D249692" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
-        <w:t>A. Bhardwaj, K. Kaushik, M. Alshehri, A. A.-B. Mohamed, and I. Keshta, “ISF: Security Analysis and Assessment of Smart Home IoT-</w:t>
-[...2 lines deleted...]
-        <w:t>based Firmware,” ACM Trans Sens Netw, Jan. 2023, doi: 10.1145/3578363.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>A. Bhardwaj, K. Kaushik, M. Alshehri, A. A.-B. Mohamed, and I. Keshta, “ISF: Security Analysis and Assessment of Smart Home IoT-based Firmware,” ACM Trans Sens Netw, Jan. 2023, doi: 10.1145/3578363.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53952DE3" w14:textId="211F7281" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
         <w:t>F. Li, H. Yang, X. Gao, and H. Han, “Towards IoT-based sustainable digital communities,” Intelligent and Converged Networks, vol. 3, no. 2, pp. 190–203, Jun. 2022, doi: 10.23919/ICN.2022.0015.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D0E3E33" w14:textId="1DDA73F0" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
         <w:t>Y. Wang et al., “IoT-based green-smart photovoltaic system under extreme climatic conditions for sustainable energy development,” Global Energy Interconnection, vol. 7, pp. 836–856, 2024, doi: 10.1016/j.gloei.2024.1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4674F11C" w14:textId="77053C6C" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
         <w:t>M. Woschank, D. Steinwiedder, A. Kaiblinger, P. Miklautsch, C. Pacher, and H. Zsifkovits, “The Integration of Smart Systems in the Context of Industrial Logistics in Manufacturing Enterprises,” in Procedia Computer Science, Elsevier B.V., 2022, pp. 727–737. doi: 10.1016/j.procs.2022.01.271.</w:t>
       </w:r>
@@ -14614,89 +14672,89 @@
     <w:p w14:paraId="23724216" w14:textId="272B3E66" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
         <w:t>E. Pournaras, P. Pilgerstorfer, and T. Asikis, “Decentralized collective learning for self-managed sharing economies,” ACM Transactions on Autonomous and Adaptive Systems, vol. 13, no. 2, Nov. 2018, doi: 10.1145/3277668.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="715DF8DE" w14:textId="347D3C3A" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
         <w:t>M. Caporuscio, F. Flammini, N. Khakpour, P. Singh, and J. Thornadtsson, “Smart-troubleshooting connected devices: Concept, challenges and opportunities,” Future Generation Computer Systems, vol. 111, pp. 681–697, Oct. 2020, doi: 10.1016/j.future.2019.09.004.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="210C10D1" w14:textId="06732ECB" w:rsidR="00B51263" w:rsidRDefault="00B51263" w:rsidP="00B51263">
       <w:pPr>
         <w:pStyle w:val="references0"/>
       </w:pPr>
       <w:r>
         <w:t>Y. Bandung, M. A. Wicaksono, S. Pribadi, A. Z. R. Langi, and D. Tanjung, “IoT Video Delivery Optimization Through Machine Learning-Based Frame Resolution Adjustment,” ACM Transactions on Multimedia Computing, Communications, and Applications, Sep. 2024, doi: 10.1145/3665929.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B51263" w:rsidSect="008C484D">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="936" w:bottom="1008" w:left="936" w:header="284" w:footer="121" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="2" w:space="288"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70F74B62" w14:textId="77777777" w:rsidR="004308C5" w:rsidRDefault="004308C5">
+    <w:p w14:paraId="0CBB5567" w14:textId="77777777" w:rsidR="00214737" w:rsidRDefault="00214737">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48785545" w14:textId="77777777" w:rsidR="004308C5" w:rsidRDefault="004308C5">
+    <w:p w14:paraId="5ADF87A1" w14:textId="77777777" w:rsidR="00214737" w:rsidRDefault="00214737">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -14704,292 +14762,291 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Baskerville">
     <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000067" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Formata-Regular">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
+    <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="3E77B224" w14:textId="77777777" w:rsidR="008C484D" w:rsidRDefault="008C484D">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1822384539"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="19823E7C" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRDefault="007C29DB" w:rsidP="003B5A05">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B51263">
+        <w:r w:rsidR="005333E4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>46</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
           <w:t>MASKAY</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="34A3E381" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRDefault="007C29DB">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="19F21E74" w14:textId="1C40A6AC" w:rsidR="007C29DB" w:rsidRDefault="007C29DB" w:rsidP="003B5A05">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
-    <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-    <w:bookmarkEnd w:id="2"/>
     <w:r>
       <w:rPr>
         <w:lang w:val="es-EC"/>
       </w:rPr>
       <w:t xml:space="preserve">DOI: </w:t>
     </w:r>
     <w:r w:rsidRPr="009B6610">
       <w:rPr>
         <w:lang w:val="es-EC"/>
       </w:rPr>
       <w:t>10.24133/maskay.v</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="es-EC"/>
       </w:rPr>
       <w:t>16</w:t>
     </w:r>
     <w:r w:rsidRPr="009B6610">
       <w:rPr>
         <w:lang w:val="es-EC"/>
       </w:rPr>
       <w:t>i</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="es-EC"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="009B6610">
       <w:rPr>
         <w:lang w:val="es-EC"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="es-EC"/>
       </w:rPr>
       <w:t>4161</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="788704E8" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRDefault="004308C5" w:rsidP="003B5A05">
+  <w:p w14:paraId="788704E8" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRDefault="00214737" w:rsidP="003B5A05">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-620535373"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="007C29DB">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="007C29DB">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidR="007C29DB">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B51263" w:rsidRPr="00B51263">
+        <w:r w:rsidR="005333E4" w:rsidRPr="005333E4">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
-          <w:t>39</w:t>
+          <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="007C29DB">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="007C29DB">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="007C29DB">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="007C29DB">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="007C29DB">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="007C29DB">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="007C29DB">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="007C29DB">
           <w:tab/>
           <w:t>MASKAY</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="6ED41E08" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRPr="009B6610" w:rsidRDefault="007C29DB">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:lang w:val="es-EC"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B5A851B" w14:textId="77777777" w:rsidR="004308C5" w:rsidRDefault="004308C5"/>
+    <w:p w14:paraId="4B9507F5" w14:textId="77777777" w:rsidR="00214737" w:rsidRDefault="00214737"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09B00552" w14:textId="77777777" w:rsidR="004308C5" w:rsidRDefault="004308C5">
+    <w:p w14:paraId="6EA7E00B" w14:textId="77777777" w:rsidR="00214737" w:rsidRDefault="00214737">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="6D230CD7" w14:textId="1C2922F4" w:rsidR="007C29DB" w:rsidRPr="00EC68A3" w:rsidRDefault="007C29DB" w:rsidP="00D010B7">
       <w:pPr>
         <w:spacing w:line="230" w:lineRule="auto"/>
         <w:ind w:left="113" w:right="40" w:firstLine="159"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilma Mieles </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -15065,71 +15122,71 @@
         </w:rPr>
         <w:t xml:space="preserve">{gmieles1082, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>marlon.navia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC68A3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve">}@utm.edu.ec). </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="49D280F1" w14:textId="77777777" w:rsidR="008C484D" w:rsidRDefault="008C484D">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="1DA6DC67" w14:textId="77777777" w:rsidR="008C484D" w:rsidRDefault="008C484D">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="6AE87378" w14:textId="25616BD6" w:rsidR="007C29DB" w:rsidRDefault="007C29DB" w:rsidP="009B6610">
     <w:pPr>
       <w:ind w:right="-405"/>
     </w:pPr>
     <w:r>
       <w:t>MASKAY 16(1), May 2026</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
@@ -15318,69 +15375,69 @@
     <w:r>
       <w:tab/>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:t>Aceptado</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:t xml:space="preserve"> (Accepted): </w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>2025/08/19</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="65D3636A" w14:textId="77777777" w:rsidR="007C29DB" w:rsidRDefault="007C29DB">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7DB4DC78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="FFFFFFFB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8FBA57C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="Ttulo1"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="144" w:legacyIndent="144"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="Ttulo2"/>
       <w:lvlText w:val="%2."/>
       <w:legacy w:legacy="1" w:legacySpace="144" w:legacyIndent="144"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
@@ -15440,51 +15497,51 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Ttulo8"/>
       <w:lvlText w:val="(%8)"/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="720"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4032" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:pStyle w:val="Ttulo9"/>
       <w:lvlText w:val="(%9)"/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="720"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4752" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="10071002"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A3B4B0D2"/>
     <w:lvl w:ilvl="0" w:tplc="3104D544">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="804" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1642" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15553,51 +15610,51 @@
     <w:lvl w:ilvl="7" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5962" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="300A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6682" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="19C96311"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A36FDF6"/>
     <w:lvl w:ilvl="0" w:tplc="300A0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="922" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="300A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1642" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="300A0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3)"/>
@@ -15639,51 +15696,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5242" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="300A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5962" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="300A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6682" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="1C6D2D4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC9A2D78"/>
     <w:lvl w:ilvl="0" w:tplc="300A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="922" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1642" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15752,51 +15809,51 @@
     <w:lvl w:ilvl="7" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5962" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="300A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6682" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="2312265A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01F8C59E"/>
     <w:lvl w:ilvl="0" w:tplc="300A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15865,51 +15922,51 @@
     <w:lvl w:ilvl="7" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="300A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="288B1246"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99D8685A"/>
     <w:lvl w:ilvl="0" w:tplc="3104D544">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="804" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1642" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15978,51 +16035,51 @@
     <w:lvl w:ilvl="7" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5962" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="300A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6682" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="36E06821"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E5244EE"/>
     <w:lvl w:ilvl="0" w:tplc="3104D544">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="602" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1282" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16091,72 +16148,72 @@
     <w:lvl w:ilvl="7" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5602" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="300A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6322" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="3A877D64"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="37E4B88C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="References"/>
       <w:lvlText w:val="[%1]"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1170"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="3F684606"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="11181B46"/>
     <w:lvl w:ilvl="0" w:tplc="300A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="922" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1642" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16225,78 +16282,78 @@
     <w:lvl w:ilvl="7" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5962" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="300A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6682" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="52CA544A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="987C499A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="references0"/>
       <w:lvlText w:val="[%1]"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="698E42AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5F5015A8"/>
     <w:lvl w:ilvl="0" w:tplc="300A0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="922" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="300A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1642" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="300A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -16338,51 +16395,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5242" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="300A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5962" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="300A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6682" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="6C402C58"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9014DDCC"/>
     <w:lvl w:ilvl="0" w:tplc="9970C44C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="figurecaption"/>
       <w:lvlText w:val="Fig. %1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
@@ -16483,51 +16540,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="701647B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD5AA98A"/>
     <w:lvl w:ilvl="0" w:tplc="3104D544">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="804" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1642" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16596,51 +16653,51 @@
     <w:lvl w:ilvl="7" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5962" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="300A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6682" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="77AA0352"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="394A49DC"/>
     <w:lvl w:ilvl="0" w:tplc="3104D544">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="804" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1642" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16795,80 +16852,79 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="202"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F4B45"/>
     <w:rsid w:val="000010D8"/>
     <w:rsid w:val="00002C50"/>
     <w:rsid w:val="00007108"/>
     <w:rsid w:val="0001198D"/>
     <w:rsid w:val="00013A34"/>
     <w:rsid w:val="0001468B"/>
     <w:rsid w:val="000263D6"/>
     <w:rsid w:val="000320AB"/>
     <w:rsid w:val="000361E1"/>
     <w:rsid w:val="00042E13"/>
     <w:rsid w:val="0004777A"/>
     <w:rsid w:val="00051DD4"/>
     <w:rsid w:val="00053C00"/>
     <w:rsid w:val="00057C13"/>
     <w:rsid w:val="000724DE"/>
     <w:rsid w:val="00077781"/>
     <w:rsid w:val="00090A72"/>
     <w:rsid w:val="000A0C2F"/>
     <w:rsid w:val="000A0DB5"/>
     <w:rsid w:val="000A168B"/>
     <w:rsid w:val="000A3A11"/>
     <w:rsid w:val="000B5A09"/>
@@ -16899,50 +16955,51 @@
     <w:rsid w:val="00172072"/>
     <w:rsid w:val="0017249F"/>
     <w:rsid w:val="001768FF"/>
     <w:rsid w:val="00184718"/>
     <w:rsid w:val="00195950"/>
     <w:rsid w:val="00196BAE"/>
     <w:rsid w:val="001A10EF"/>
     <w:rsid w:val="001A5E7D"/>
     <w:rsid w:val="001A60B1"/>
     <w:rsid w:val="001B2686"/>
     <w:rsid w:val="001B2BF6"/>
     <w:rsid w:val="001B36B1"/>
     <w:rsid w:val="001B55E2"/>
     <w:rsid w:val="001C19BA"/>
     <w:rsid w:val="001E481C"/>
     <w:rsid w:val="001E7B7A"/>
     <w:rsid w:val="001F468E"/>
     <w:rsid w:val="001F4C5C"/>
     <w:rsid w:val="00202034"/>
     <w:rsid w:val="002030B2"/>
     <w:rsid w:val="00204478"/>
     <w:rsid w:val="00211D90"/>
     <w:rsid w:val="00212DD9"/>
     <w:rsid w:val="002141CC"/>
     <w:rsid w:val="00214253"/>
+    <w:rsid w:val="00214737"/>
     <w:rsid w:val="00214E2E"/>
     <w:rsid w:val="00216141"/>
     <w:rsid w:val="00217186"/>
     <w:rsid w:val="00220D81"/>
     <w:rsid w:val="00221C41"/>
     <w:rsid w:val="00223C49"/>
     <w:rsid w:val="002244A9"/>
     <w:rsid w:val="00226A22"/>
     <w:rsid w:val="00227652"/>
     <w:rsid w:val="00227908"/>
     <w:rsid w:val="00231F71"/>
     <w:rsid w:val="0023258B"/>
     <w:rsid w:val="00232B99"/>
     <w:rsid w:val="00241A2D"/>
     <w:rsid w:val="00242C84"/>
     <w:rsid w:val="002433DF"/>
     <w:rsid w:val="002434A1"/>
     <w:rsid w:val="00244D84"/>
     <w:rsid w:val="00247DDA"/>
     <w:rsid w:val="0025247A"/>
     <w:rsid w:val="002567A2"/>
     <w:rsid w:val="002620F6"/>
     <w:rsid w:val="00262A55"/>
     <w:rsid w:val="00262BF8"/>
     <w:rsid w:val="00263943"/>
@@ -16954,50 +17011,51 @@
     <w:rsid w:val="002808D3"/>
     <w:rsid w:val="002832A8"/>
     <w:rsid w:val="002839F7"/>
     <w:rsid w:val="002855F9"/>
     <w:rsid w:val="00292E77"/>
     <w:rsid w:val="00294091"/>
     <w:rsid w:val="002945B2"/>
     <w:rsid w:val="002966CF"/>
     <w:rsid w:val="002A23BD"/>
     <w:rsid w:val="002A76C5"/>
     <w:rsid w:val="002A7BDC"/>
     <w:rsid w:val="002B26E4"/>
     <w:rsid w:val="002C1D29"/>
     <w:rsid w:val="002C584E"/>
     <w:rsid w:val="002C58E0"/>
     <w:rsid w:val="002C597C"/>
     <w:rsid w:val="002C7CBE"/>
     <w:rsid w:val="002D4CBE"/>
     <w:rsid w:val="002E1F95"/>
     <w:rsid w:val="002E5857"/>
     <w:rsid w:val="002F00BD"/>
     <w:rsid w:val="002F1A23"/>
     <w:rsid w:val="002F4CF7"/>
     <w:rsid w:val="002F7910"/>
     <w:rsid w:val="00303679"/>
+    <w:rsid w:val="003119D5"/>
     <w:rsid w:val="00313AEC"/>
     <w:rsid w:val="00314F82"/>
     <w:rsid w:val="00316C89"/>
     <w:rsid w:val="00330D8A"/>
     <w:rsid w:val="0033726C"/>
     <w:rsid w:val="00337535"/>
     <w:rsid w:val="003427CE"/>
     <w:rsid w:val="00342BE1"/>
     <w:rsid w:val="003459DC"/>
     <w:rsid w:val="003461E8"/>
     <w:rsid w:val="0035066A"/>
     <w:rsid w:val="00360269"/>
     <w:rsid w:val="0037551B"/>
     <w:rsid w:val="00384FC7"/>
     <w:rsid w:val="0038520F"/>
     <w:rsid w:val="00392DBA"/>
     <w:rsid w:val="003A40E0"/>
     <w:rsid w:val="003A66FB"/>
     <w:rsid w:val="003A7E38"/>
     <w:rsid w:val="003B1DE3"/>
     <w:rsid w:val="003B5766"/>
     <w:rsid w:val="003B5A05"/>
     <w:rsid w:val="003C0C77"/>
     <w:rsid w:val="003C111C"/>
     <w:rsid w:val="003C3322"/>
@@ -17041,50 +17099,51 @@
     <w:rsid w:val="00486A97"/>
     <w:rsid w:val="00490FBF"/>
     <w:rsid w:val="00494379"/>
     <w:rsid w:val="00496661"/>
     <w:rsid w:val="004B2803"/>
     <w:rsid w:val="004B37D8"/>
     <w:rsid w:val="004B3F82"/>
     <w:rsid w:val="004B558A"/>
     <w:rsid w:val="004B7A85"/>
     <w:rsid w:val="004C1E16"/>
     <w:rsid w:val="004C2543"/>
     <w:rsid w:val="004C28E5"/>
     <w:rsid w:val="004D15CA"/>
     <w:rsid w:val="004D6A17"/>
     <w:rsid w:val="004E27B7"/>
     <w:rsid w:val="004E3E4C"/>
     <w:rsid w:val="004F23A0"/>
     <w:rsid w:val="005003E3"/>
     <w:rsid w:val="005052CD"/>
     <w:rsid w:val="005162C6"/>
     <w:rsid w:val="00520ECA"/>
     <w:rsid w:val="005222B9"/>
     <w:rsid w:val="00523896"/>
     <w:rsid w:val="00526726"/>
     <w:rsid w:val="00530B71"/>
+    <w:rsid w:val="005333E4"/>
     <w:rsid w:val="00535307"/>
     <w:rsid w:val="00535E1C"/>
     <w:rsid w:val="00543B6D"/>
     <w:rsid w:val="00546D81"/>
     <w:rsid w:val="00550A26"/>
     <w:rsid w:val="00550BF5"/>
     <w:rsid w:val="00561D0E"/>
     <w:rsid w:val="00564F2F"/>
     <w:rsid w:val="00567A70"/>
     <w:rsid w:val="0057691B"/>
     <w:rsid w:val="00580CE3"/>
     <w:rsid w:val="00590DF0"/>
     <w:rsid w:val="00592641"/>
     <w:rsid w:val="005950C3"/>
     <w:rsid w:val="005A2A15"/>
     <w:rsid w:val="005A4563"/>
     <w:rsid w:val="005B0C43"/>
     <w:rsid w:val="005B2AC9"/>
     <w:rsid w:val="005C6EA6"/>
     <w:rsid w:val="005D1B15"/>
     <w:rsid w:val="005D2824"/>
     <w:rsid w:val="005D4F1A"/>
     <w:rsid w:val="005D72BB"/>
     <w:rsid w:val="005E1236"/>
     <w:rsid w:val="005E4194"/>
@@ -17516,433 +17575,199 @@
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="54AE760D"/>
-  <w15:docId w15:val="{6C2828FD-355C-4C9A-B0D4-EB3B735C2BD1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...366 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="99"/>
+    <w:lsdException w:name="caption" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Date" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="99" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="99" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="70"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="71" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="80"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:smallCaps/>
       <w:kern w:val="28"/>
     </w:rPr>
@@ -18715,75 +18540,89 @@
       <w:vanish/>
       <w:color w:val="FF0000"/>
       <w:sz w:val="4"/>
       <w:szCs w:val="4"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00EA7053"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="es-EC"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:rsid w:val="006F10C4"/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="ListTable6Colorful1">
     <w:name w:val="List Table 6 Colorful1"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="007B19DF"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -18801,54 +18640,61 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Tabladelista6concolores1">
     <w:name w:val="Tabla de lista 6 con colores1"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="007B19DF"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -18870,51 +18716,1323 @@
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="009C5F7F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Descripcin">
+  <w:style w:type="paragraph" w:styleId="Epgrafe">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B47CF7"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00431A50"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00431A50"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:line="157" w:lineRule="exact"/>
+      <w:ind w:left="11"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver1">
+    <w:name w:val="Mención sin resolver1"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00684721"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver2">
+    <w:name w:val="Mención sin resolver2"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00057C13"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:rsid w:val="002030B2"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliografa">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="70"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0097337F"/>
+    <w:rPr>
+      <w:lang w:val="es-EC"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
+    <w:name w:val="Título 9 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo9"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00227908"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sinespaciado">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="007C29DB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-EC"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="99"/>
+    <w:lsdException w:name="caption" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Date" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="99" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="99" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="70"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="71" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo1Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="80"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:kern w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="120" w:after="60"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="7"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo9Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="8"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Abstract">
+    <w:name w:val="Abstract"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:before="20"/>
+      <w:ind w:firstLine="202"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Authors">
+    <w:name w:val="Authors"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:framePr w:w="9072" w:hSpace="187" w:vSpace="187" w:wrap="notBeside" w:vAnchor="text" w:hAnchor="page" w:xAlign="center" w:y="1"/>
+      <w:spacing w:after="320"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MemberType">
+    <w:name w:val="MemberType"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:framePr w:w="9360" w:hSpace="187" w:vSpace="187" w:wrap="notBeside" w:vAnchor="text" w:hAnchor="page" w:xAlign="center" w:y="1"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="28"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textonotapie">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextonotapieCar"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:ind w:firstLine="202"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="References">
+    <w:name w:val="References"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="IndexTerms">
+    <w:name w:val="IndexTerms"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:ind w:firstLine="202"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdenotaalpie">
+    <w:name w:val="footnote reference"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Piedepgina">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PiedepginaCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text">
+    <w:name w:val="Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="252" w:lineRule="auto"/>
+      <w:ind w:firstLine="202"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableTitle">
+    <w:name w:val="Table Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ReferenceHead">
+    <w:name w:val="Reference Head"/>
+    <w:basedOn w:val="Ttulo1"/>
+    <w:link w:val="ReferenceHeadChar"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="0"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Equation">
+    <w:name w:val="Equation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="5040"/>
+      </w:tabs>
+      <w:spacing w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculo">
+    <w:name w:val="Hyperlink"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculovisitado">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sangradetextonormal">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SangradetextonormalCar"/>
+    <w:pPr>
+      <w:ind w:left="630" w:hanging="630"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Mapadeldocumento">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DC5FC7"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa0">
+    <w:name w:val="Pa0"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:rsid w:val="00426966"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="241" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Baskerville" w:hAnsi="Baskerville"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="A5">
+    <w:name w:val="A5"/>
+    <w:rsid w:val="00426966"/>
+    <w:rPr>
+      <w:color w:val="00529F"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textodeglobo">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextodegloboCar"/>
+    <w:rsid w:val="00F33D49"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
+    <w:name w:val="Texto de globo Car"/>
+    <w:link w:val="Textodeglobo"/>
+    <w:rsid w:val="00F33D49"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MediumGrid11">
+    <w:name w:val="Medium Grid 11"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A1F6E"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ParagraphStyle1">
+    <w:name w:val="Paragraph Style 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C82D86"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="480"/>
+      </w:tabs>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:before="100" w:line="280" w:lineRule="atLeast"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Formata-Regular" w:eastAsia="MS Mincho" w:hAnsi="Formata-Regular" w:cs="Formata-Regular"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText1">
+    <w:name w:val="Body Text1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C82D86"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bodytype">
+    <w:name w:val="body type"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C82D86"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Formata-Regular" w:hAnsi="Formata-Regular" w:cs="Formata-Regular"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:basedOn w:val="ReferenceHead"/>
+    <w:link w:val="Style1Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="003F52AD"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
+    <w:name w:val="Título 1 Car"/>
+    <w:link w:val="Ttulo1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003F52AD"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:kern w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ReferenceHeadChar">
+    <w:name w:val="Reference Head Char"/>
+    <w:link w:val="ReferenceHead"/>
+    <w:rsid w:val="003F52AD"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:kern w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
+    <w:name w:val="Style1 Char"/>
+    <w:link w:val="Style1"/>
+    <w:rsid w:val="003F52AD"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:kern w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ColorfulShading-Accent11">
+    <w:name w:val="Colorful Shading - Accent 11"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001B36B1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2">
+    <w:name w:val="Body Text2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001B36B1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+    <w:name w:val="Título 2 Car"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001B36B1"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TextL-MAG">
+    <w:name w:val="Text L-MAG"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextL-MAGChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C7D17"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="360"/>
+      </w:tabs>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="360"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextL-MAGChar">
+    <w:name w:val="Text L-MAG Char"/>
+    <w:link w:val="TextL-MAG"/>
+    <w:rsid w:val="009C7D17"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
+    <w:name w:val="Pie de página Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Piedepgina"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D90C10"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextonotapieCar">
+    <w:name w:val="Texto nota pie Car"/>
+    <w:link w:val="Textonotapie"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C075EF"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SangradetextonormalCar">
+    <w:name w:val="Sangría de texto normal Car"/>
+    <w:link w:val="Sangradetextonormal"/>
+    <w:rsid w:val="003F26BD"/>
+    <w:rPr>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="m5113501246024331607m-6864882937387638336gmail-il">
+    <w:name w:val="m_5113501246024331607m_-6864882937387638336gmail-il"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:rsid w:val="0076355A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ColorfulList-Accent11">
+    <w:name w:val="Colorful List - Accent 11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0076355A"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:rsid w:val="00F932B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="figurecaption">
+    <w:name w:val="figure caption"/>
+    <w:rsid w:val="00E81037"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="533"/>
+      </w:tabs>
+      <w:spacing w:before="80" w:after="200"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="references0">
+    <w:name w:val="references"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E81037"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:after="50" w:line="180" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MTDisplayEquation">
+    <w:name w:val="MTDisplayEquation"/>
+    <w:basedOn w:val="Textoindependiente"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="MTDisplayEquationCar"/>
+    <w:rsid w:val="00172072"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="2520"/>
+        <w:tab w:val="right" w:pos="5040"/>
+      </w:tabs>
+      <w:spacing w:line="228" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Mincho"/>
+      <w:spacing w:val="-1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MTDisplayEquationCar">
+    <w:name w:val="MTDisplayEquation Car"/>
+    <w:link w:val="MTDisplayEquation"/>
+    <w:rsid w:val="00172072"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Mincho"/>
+      <w:spacing w:val="-1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextoindependienteCar"/>
+    <w:rsid w:val="00172072"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
+    <w:name w:val="Texto independiente Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textoindependiente"/>
+    <w:rsid w:val="00172072"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdecomentario">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:rsid w:val="00DA6F7D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textocomentario">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextocomentarioCar"/>
+    <w:rsid w:val="00DA6F7D"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
+    <w:name w:val="Texto comentario Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textocomentario"/>
+    <w:rsid w:val="00DA6F7D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Textocomentario"/>
+    <w:next w:val="Textocomentario"/>
+    <w:link w:val="AsuntodelcomentarioCar"/>
+    <w:rsid w:val="00DA6F7D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
+    <w:name w:val="Asunto del comentario Car"/>
+    <w:basedOn w:val="TextocomentarioCar"/>
+    <w:link w:val="Asuntodelcomentario"/>
+    <w:rsid w:val="00DA6F7D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MTEquationSection">
+    <w:name w:val="MTEquationSection"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:rsid w:val="00454240"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="4"/>
+      <w:szCs w:val="4"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7053"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="es-EC"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:rsid w:val="006F10C4"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable6Colorful1">
+    <w:name w:val="List Table 6 Colorful1"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="007B19DF"/>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tabladelista6concolores1">
+    <w:name w:val="Tabla de lista 6 con colores1"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="007B19DF"/>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="009C5F7F"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Epgrafe">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B47CF7"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="44546A" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00431A50"/>
     <w:pPr>
@@ -19005,51 +20123,51 @@
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo9"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00227908"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sinespaciado">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="007C29DB"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="es-EC"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="156382685">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="188494953">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19288,63 +20406,63 @@
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1727532224">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="macintosh"/>
   <w:relyOnVML/>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="72"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\tmckerah\Desktop\ieee_tj_template_17.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="534C27CD6ECE45FAACF5BA7D4628BE26"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{43D9CFF7-9F99-439D-997E-050DA9DEE9E5}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00BC0149" w:rsidRDefault="00BC0149" w:rsidP="00BC0149">
           <w:pPr>
             <w:pStyle w:val="534C27CD6ECE45FAACF5BA7D4628BE26"/>
           </w:pPr>
           <w:r w:rsidRPr="00F00D26">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
@@ -19423,51 +20541,51 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2C14D828-5294-4058-888F-D7726F05720B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00BC0149" w:rsidRDefault="00BC0149" w:rsidP="00BC0149">
           <w:pPr>
             <w:pStyle w:val="BBDBC638DFA74EF8B452A9D0FD9E8C83"/>
           </w:pPr>
           <w:r w:rsidRPr="00F00D26">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -19475,522 +20593,506 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Baskerville">
     <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000067" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Formata-Regular">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
+    <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BC0149"/>
     <w:rsid w:val="003F746C"/>
     <w:rsid w:val="00BC0149"/>
     <w:rsid w:val="00C95A08"/>
+    <w:rsid w:val="00E723E6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-EC"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-EC" w:eastAsia="es-EC" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...374 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:rsid w:val="00BC0149"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="534C27CD6ECE45FAACF5BA7D4628BE26">
+    <w:name w:val="534C27CD6ECE45FAACF5BA7D4628BE26"/>
+    <w:rsid w:val="00BC0149"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A723688E85AC4DDFA3168794DCB748A2">
+    <w:name w:val="A723688E85AC4DDFA3168794DCB748A2"/>
+    <w:rsid w:val="00BC0149"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B739FCFAD7E646ADB3EAA306CC3365F3">
+    <w:name w:val="B739FCFAD7E646ADB3EAA306CC3365F3"/>
+    <w:rsid w:val="00BC0149"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BBDBC638DFA74EF8B452A9D0FD9E8C83">
+    <w:name w:val="BBDBC638DFA74EF8B452A9D0FD9E8C83"/>
+    <w:rsid w:val="00BC0149"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="es-EC" w:eastAsia="es-EC" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -20007,51 +21109,51 @@
     <w:rsid w:val="00BC0149"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="534C27CD6ECE45FAACF5BA7D4628BE26">
     <w:name w:val="534C27CD6ECE45FAACF5BA7D4628BE26"/>
     <w:rsid w:val="00BC0149"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A723688E85AC4DDFA3168794DCB748A2">
     <w:name w:val="A723688E85AC4DDFA3168794DCB748A2"/>
     <w:rsid w:val="00BC0149"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B739FCFAD7E646ADB3EAA306CC3365F3">
     <w:name w:val="B739FCFAD7E646ADB3EAA306CC3365F3"/>
     <w:rsid w:val="00BC0149"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BBDBC638DFA74EF8B452A9D0FD9E8C83">
     <w:name w:val="BBDBC638DFA74EF8B452A9D0FD9E8C83"/>
     <w:rsid w:val="00BC0149"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -20268,109 +21370,109 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\IEEE2006OfficeOnline.xsl" StyleName="IEEE" Version="2006"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EEC5457-EBA2-41F2-A056-81E3DC6AA5A5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1C9E845-AC68-4574-9D1F-4851BF5471FC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ieee_tj_template_17</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>38136</Characters>
+  <Pages>1</Pages>
+  <Words>6877</Words>
+  <Characters>37828</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1059</Lines>
-  <Paragraphs>429</Paragraphs>
+  <Lines>315</Lines>
+  <Paragraphs>89</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr></vt:lpstr>
       <vt:lpstr></vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IEEE</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>44214</CharactersWithSpaces>
+  <CharactersWithSpaces>44616</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="60" baseType="variant">
       <vt:variant>
         <vt:i4>65611</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>33</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.ieee.org/publications_standards/publications/rights/index.html</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1704042</vt:i4>
       </vt:variant>
       <vt:variant>